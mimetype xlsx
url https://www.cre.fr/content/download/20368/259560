--- v1 (2026-02-14)
+++ v2 (2026-03-14)
@@ -12,53 +12,53 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26731"/>
   <workbookPr showObjects="none" filterPrivacy="1" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B7354E11-3B8D-4CE3-8FAD-0EEF13366937}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B617D706-9090-4BA2-A3A0-F9C5EE295CAE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="4" activeTab="6" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-14175" yWindow="-18120" windowWidth="29040" windowHeight="17520" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sommaire" sheetId="2" r:id="rId1"/>
     <sheet name="M0 annuels" sheetId="10" r:id="rId2"/>
     <sheet name="M0 hivers contractuels" sheetId="12" r:id="rId3"/>
     <sheet name="M0 mensuels" sheetId="4" r:id="rId4"/>
     <sheet name="M0 mensuels profil éolien" sheetId="5" r:id="rId5"/>
     <sheet name="M0 mensuels profil solaire" sheetId="6" r:id="rId6"/>
     <sheet name="Heures de prix&lt;0" sheetId="7" r:id="rId7"/>
     <sheet name="Prix réf. capacité" sheetId="9" r:id="rId8"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -1424,51 +1424,51 @@
 
 <file path=xl/comments3.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Auteur</author>
   </authors>
   <commentList>
     <comment ref="D630" authorId="0" shapeId="0" xr:uid="{87331BE4-004A-4ED4-B8BE-3CF8CD47FDFD}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Les valeurs de prix spot retenues pour la journée du 26 juin 2024 sont les valeurs résultant du couplage européen journalier.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6202" uniqueCount="275">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6382" uniqueCount="276">
   <si>
     <t>Années civiles</t>
   </si>
   <si>
     <t>Mois</t>
   </si>
   <si>
     <t>M0 mensuels en €/MWh</t>
   </si>
   <si>
     <t xml:space="preserve"> Date de mise à jour de la publication :</t>
   </si>
   <si>
     <t>Échéances de publication</t>
   </si>
   <si>
     <t>Janvier</t>
   </si>
   <si>
     <t>Février</t>
   </si>
   <si>
     <t>Mars</t>
   </si>
   <si>
@@ -2351,50 +2351,53 @@
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Franklin Gothic Book"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 ***  </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Franklin Gothic Book"/>
         <family val="2"/>
       </rPr>
       <t>Selon le IV-A. de l'article 175 de la loi de finances pour 2025.</t>
     </r>
   </si>
   <si>
     <t>Oui</t>
   </si>
   <si>
     <t>Decembre</t>
+  </si>
+  <si>
+    <t>Fevrier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="[$-F400]h:mm:ss\ AM/PM"/>
     <numFmt numFmtId="166" formatCode="0.0000"/>
     <numFmt numFmtId="167" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="45" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Franklin Gothic Book"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -3593,78 +3596,78 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
-[...16 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -4092,52 +4095,52 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Feuil1"/>
   <dimension ref="A1:E11"/>
   <sheetViews>
-    <sheetView topLeftCell="A4" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="E8" sqref="E8"/>
+    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="E7" sqref="E7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="13.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="21.75" style="24" customWidth="1"/>
     <col min="2" max="2" width="20.5" style="1" customWidth="1"/>
     <col min="3" max="3" width="60.75" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="34.25" style="1" customWidth="1"/>
     <col min="5" max="5" width="13.5" style="1" customWidth="1"/>
     <col min="6" max="16384" width="11" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.35">
       <c r="A1" s="76" t="s">
         <v>74</v>
       </c>
       <c r="B1" s="76"/>
       <c r="C1" s="76"/>
       <c r="D1" s="76"/>
       <c r="E1" s="76"/>
     </row>
     <row r="2" spans="1:5" ht="40.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="13" t="s">
         <v>39</v>
       </c>
@@ -4180,102 +4183,102 @@
       </c>
       <c r="C4" s="25" t="s">
         <v>156</v>
       </c>
       <c r="D4" s="25" t="s">
         <v>73</v>
       </c>
       <c r="E4" s="26">
         <v>45826</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="40.5" x14ac:dyDescent="0.35">
       <c r="A5" s="36" t="s">
         <v>30</v>
       </c>
       <c r="B5" s="25" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="25" t="s">
         <v>155</v>
       </c>
       <c r="D5" s="25" t="s">
         <v>34</v>
       </c>
       <c r="E5" s="26">
-        <v>46057</v>
+        <v>46084</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="67.5" x14ac:dyDescent="0.35">
       <c r="A6" s="37" t="s">
         <v>31</v>
       </c>
       <c r="B6" s="25" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="25" t="s">
         <v>58</v>
       </c>
       <c r="D6" s="25" t="s">
         <v>59</v>
       </c>
       <c r="E6" s="26">
-        <v>46050</v>
+        <v>46079</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="67.5" x14ac:dyDescent="0.35">
       <c r="A7" s="38" t="s">
         <v>32</v>
       </c>
       <c r="B7" s="25" t="s">
         <v>19</v>
       </c>
       <c r="C7" s="25" t="s">
         <v>60</v>
       </c>
       <c r="D7" s="25" t="s">
         <v>59</v>
       </c>
       <c r="E7" s="26">
-        <v>46050</v>
+        <v>46079</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="27" x14ac:dyDescent="0.35">
       <c r="A8" s="39" t="s">
         <v>66</v>
       </c>
       <c r="B8" s="25" t="s">
         <v>64</v>
       </c>
       <c r="C8" s="25" t="s">
         <v>65</v>
       </c>
       <c r="D8" s="25" t="s">
         <v>34</v>
       </c>
       <c r="E8" s="26">
-        <v>46057</v>
+        <v>46084</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="81" x14ac:dyDescent="0.35">
       <c r="A9" s="72" t="s">
         <v>33</v>
       </c>
       <c r="B9" s="25" t="s">
         <v>61</v>
       </c>
       <c r="C9" s="25" t="s">
         <v>55</v>
       </c>
       <c r="D9" s="25" t="s">
         <v>57</v>
       </c>
       <c r="E9" s="74">
         <v>46042</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="40.5" x14ac:dyDescent="0.35">
       <c r="A10" s="73"/>
       <c r="B10" s="25" t="s">
         <v>62</v>
       </c>
       <c r="C10" s="25" t="s">
@@ -4784,86 +4787,86 @@
       <c r="D16" s="11"/>
       <c r="E16" s="11"/>
       <c r="F16" s="11"/>
       <c r="G16" s="4" t="str">
         <f t="shared" si="0"/>
         <v>5 jours ouvrés après la fin du mois d'avril 2029/2030</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:A2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Feuil4">
     <tabColor theme="5" tint="0.39997558519241921"/>
   </sheetPr>
   <dimension ref="A1:L171"/>
   <sheetViews>
-    <sheetView topLeftCell="A103" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+    <sheetView topLeftCell="A107" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
       <selection activeCell="C113" sqref="C113"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="13.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="2" width="11.58203125" style="7" customWidth="1"/>
     <col min="3" max="5" width="25.75" style="7" customWidth="1"/>
     <col min="6" max="6" width="2.58203125" style="7" customWidth="1"/>
     <col min="7" max="7" width="14.58203125" style="7" customWidth="1"/>
     <col min="8" max="8" width="11" style="7" customWidth="1"/>
     <col min="9" max="9" width="11" style="7" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="40.75" style="1" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="11" style="1" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="13" max="16384" width="11" style="1" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="42" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="79" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="79" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="84" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="85"/>
       <c r="E1" s="86"/>
       <c r="G1" s="8" t="s">
         <v>3</v>
       </c>
       <c r="H1" s="8">
         <f>Sommaire!E5</f>
-        <v>46057</v>
+        <v>46084</v>
       </c>
     </row>
     <row r="2" spans="1:10" ht="125.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="87"/>
       <c r="B2" s="87"/>
       <c r="C2" s="81" t="s">
         <v>157</v>
       </c>
       <c r="D2" s="82"/>
       <c r="E2" s="83"/>
       <c r="G2" s="88"/>
       <c r="H2" s="88"/>
       <c r="J2" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:10" ht="39.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="80"/>
       <c r="B3" s="80"/>
       <c r="C3" s="6" t="s">
         <v>71</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>79</v>
       </c>
@@ -6833,69 +6836,71 @@
       <c r="A111" s="10">
         <f t="shared" si="4"/>
         <v>2025</v>
       </c>
       <c r="B111" s="10" t="s">
         <v>16</v>
       </c>
       <c r="C111" s="22">
         <v>68.73</v>
       </c>
       <c r="D111" s="10"/>
       <c r="E111" s="19"/>
       <c r="J111" s="4" t="str">
         <f t="shared" si="5"/>
         <v>5 jours ouvrés après la fin du mois de Décembre 2025</v>
       </c>
     </row>
     <row r="112" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A112" s="10">
         <f t="shared" si="4"/>
         <v>2026</v>
       </c>
       <c r="B112" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="C112" s="10">
+      <c r="C112" s="22">
         <v>100.65</v>
       </c>
       <c r="D112" s="10"/>
       <c r="E112" s="20"/>
       <c r="J112" s="4" t="str">
         <f t="shared" si="5"/>
         <v>5 jours ouvrés après la fin du mois de Janvier 2026</v>
       </c>
     </row>
     <row r="113" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A113" s="10">
         <f t="shared" si="4"/>
         <v>2026</v>
       </c>
       <c r="B113" s="10" t="s">
         <v>6</v>
       </c>
-      <c r="C113" s="10"/>
+      <c r="C113" s="10">
+        <v>48.17</v>
+      </c>
       <c r="D113" s="10"/>
       <c r="E113" s="20"/>
       <c r="J113" s="4" t="str">
         <f t="shared" si="5"/>
         <v>5 jours ouvrés après la fin du mois de Février 2026</v>
       </c>
     </row>
     <row r="114" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A114" s="10">
         <f t="shared" si="4"/>
         <v>2026</v>
       </c>
       <c r="B114" s="10" t="s">
         <v>7</v>
       </c>
       <c r="C114" s="10"/>
       <c r="D114" s="10"/>
       <c r="E114" s="19"/>
       <c r="J114" s="4" t="str">
         <f t="shared" si="5"/>
         <v>5 jours ouvrés après la fin du mois de Mars 2026</v>
       </c>
     </row>
     <row r="115" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A115" s="10">
@@ -7795,99 +7800,99 @@
       </c>
       <c r="C171" s="10"/>
       <c r="D171" s="10"/>
       <c r="E171" s="19"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="C2:E2"/>
     <mergeCell ref="C1:E1"/>
     <mergeCell ref="A1:A3"/>
     <mergeCell ref="B1:B3"/>
     <mergeCell ref="G2:H2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Feuil5">
     <tabColor theme="6" tint="0.39997558519241921"/>
   </sheetPr>
   <dimension ref="A1:O171"/>
   <sheetViews>
-    <sheetView topLeftCell="A78" zoomScale="92" zoomScaleNormal="92" workbookViewId="0">
-      <selection activeCell="C112" sqref="C112"/>
+    <sheetView tabSelected="1" topLeftCell="A90" zoomScale="92" zoomScaleNormal="92" workbookViewId="0">
+      <selection activeCell="C113" sqref="C113"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="13.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="2" width="11.58203125" style="7" customWidth="1"/>
     <col min="3" max="4" width="23.08203125" style="7" customWidth="1"/>
     <col min="5" max="5" width="23.58203125" style="7" customWidth="1"/>
     <col min="6" max="6" width="2.58203125" style="7" customWidth="1"/>
     <col min="7" max="8" width="11" style="7" customWidth="1"/>
     <col min="9" max="9" width="11" style="7" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="37.75" style="1" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="11" style="1" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="13" max="13" width="37.75" style="1" hidden="1" customWidth="1"/>
     <col min="14" max="14" width="11" style="1" hidden="1" customWidth="1"/>
     <col min="15" max="15" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="16" max="16384" width="11" style="1" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="42" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="89" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="89" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="92" t="s">
+      <c r="C1" s="98" t="s">
         <v>17</v>
       </c>
-      <c r="D1" s="92"/>
-      <c r="E1" s="92"/>
+      <c r="D1" s="98"/>
+      <c r="E1" s="98"/>
       <c r="G1" s="8" t="s">
         <v>3</v>
       </c>
       <c r="H1" s="8">
         <f>Sommaire!E6</f>
-        <v>46050</v>
+        <v>46079</v>
       </c>
     </row>
     <row r="2" spans="1:10" ht="176.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="90"/>
       <c r="B2" s="90"/>
-      <c r="C2" s="93" t="s">
+      <c r="C2" s="99" t="s">
         <v>78</v>
       </c>
-      <c r="D2" s="94"/>
-      <c r="E2" s="95"/>
+      <c r="D2" s="100"/>
+      <c r="E2" s="101"/>
       <c r="G2" s="88"/>
       <c r="H2" s="88"/>
       <c r="J2" s="96" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:10" ht="27" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="91"/>
       <c r="B3" s="91"/>
       <c r="C3" s="13" t="s">
         <v>18</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>76</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>75</v>
       </c>
       <c r="J3" s="97"/>
     </row>
     <row r="4" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="10">
         <v>2017</v>
       </c>
       <c r="B4" s="10" t="s">
@@ -10009,69 +10014,71 @@
       <c r="A110" s="10">
         <f t="shared" si="4"/>
         <v>2025</v>
       </c>
       <c r="B110" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C110" s="22">
         <v>54.51</v>
       </c>
       <c r="D110" s="20"/>
       <c r="E110" s="20"/>
       <c r="J110" s="4" t="str">
         <f t="shared" si="5"/>
         <v>4 semaines après la fin du mois de Novembre 2025</v>
       </c>
     </row>
     <row r="111" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A111" s="10">
         <f t="shared" si="4"/>
         <v>2025</v>
       </c>
       <c r="B111" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="C111" s="19">
+      <c r="C111" s="22">
         <v>58.25</v>
       </c>
       <c r="D111" s="19"/>
       <c r="E111" s="19"/>
       <c r="J111" s="4" t="str">
         <f t="shared" si="5"/>
         <v>4 semaines après la fin du mois de Décembre 2025</v>
       </c>
     </row>
     <row r="112" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A112" s="10">
         <f t="shared" si="4"/>
         <v>2026</v>
       </c>
       <c r="B112" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="C112" s="20"/>
+      <c r="C112" s="20">
+        <v>94.49</v>
+      </c>
       <c r="D112" s="20"/>
       <c r="E112" s="20"/>
       <c r="J112" s="4" t="str">
         <f t="shared" si="5"/>
         <v>4 semaines après la fin du mois de Janvier 2026</v>
       </c>
     </row>
     <row r="113" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A113" s="10">
         <f t="shared" si="4"/>
         <v>2026</v>
       </c>
       <c r="B113" s="10" t="s">
         <v>6</v>
       </c>
       <c r="C113" s="20"/>
       <c r="D113" s="20"/>
       <c r="E113" s="20"/>
       <c r="J113" s="4" t="str">
         <f t="shared" si="5"/>
         <v>4 semaines après la fin du mois de Février 2026</v>
       </c>
     </row>
     <row r="114" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A114" s="10">
@@ -10988,94 +10995,94 @@
       <c r="C171" s="19"/>
       <c r="D171" s="19"/>
       <c r="E171" s="19"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A1:A3"/>
     <mergeCell ref="B1:B3"/>
     <mergeCell ref="C1:E1"/>
     <mergeCell ref="C2:E2"/>
     <mergeCell ref="J2:J3"/>
     <mergeCell ref="G2:H2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr codeName="Feuil6">
     <tabColor theme="7" tint="0.39997558519241921"/>
   </sheetPr>
   <dimension ref="A1:L174"/>
   <sheetViews>
     <sheetView topLeftCell="A88" zoomScale="82" zoomScaleNormal="82" workbookViewId="0">
-      <selection activeCell="C112" sqref="C112"/>
+      <selection activeCell="C113" sqref="C113"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="13.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="2" width="11.58203125" style="7" customWidth="1"/>
     <col min="3" max="5" width="23.08203125" style="7" customWidth="1"/>
     <col min="6" max="6" width="2.75" style="7" customWidth="1"/>
     <col min="7" max="8" width="11" style="7" customWidth="1"/>
     <col min="9" max="9" width="11" style="7" hidden="1" customWidth="1"/>
     <col min="10" max="10" width="37.75" style="1" hidden="1" customWidth="1"/>
     <col min="11" max="11" width="11" style="1" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="13" max="16384" width="11" style="1" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="42" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="89" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="89" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="98" t="s">
+      <c r="C1" s="92" t="s">
         <v>19</v>
       </c>
-      <c r="D1" s="98"/>
-      <c r="E1" s="98"/>
+      <c r="D1" s="92"/>
+      <c r="E1" s="92"/>
       <c r="G1" s="8" t="s">
         <v>3</v>
       </c>
       <c r="H1" s="8">
         <f>Sommaire!E7</f>
-        <v>46050</v>
+        <v>46079</v>
       </c>
     </row>
     <row r="2" spans="1:10" ht="176.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="90"/>
       <c r="B2" s="90"/>
-      <c r="C2" s="99" t="s">
+      <c r="C2" s="93" t="s">
         <v>77</v>
       </c>
-      <c r="D2" s="100"/>
-      <c r="E2" s="101"/>
+      <c r="D2" s="94"/>
+      <c r="E2" s="95"/>
       <c r="G2" s="88"/>
       <c r="H2" s="88"/>
       <c r="J2" s="96" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:10" ht="27" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="91"/>
       <c r="B3" s="91"/>
       <c r="C3" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>76</v>
       </c>
       <c r="E3" s="13" t="s">
         <v>75</v>
       </c>
       <c r="J3" s="97"/>
     </row>
     <row r="4" spans="1:10" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="10">
         <v>2017</v>
       </c>
       <c r="B4" s="10" t="s">
@@ -13201,69 +13208,71 @@
       <c r="A110" s="10">
         <f t="shared" si="4"/>
         <v>2025</v>
       </c>
       <c r="B110" s="10" t="s">
         <v>15</v>
       </c>
       <c r="C110" s="22">
         <v>48.3</v>
       </c>
       <c r="D110" s="20"/>
       <c r="E110" s="20"/>
       <c r="J110" s="4" t="str">
         <f t="shared" si="5"/>
         <v>4 semaines après la fin du mois de 2025 Novembre</v>
       </c>
     </row>
     <row r="111" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A111" s="10">
         <f t="shared" si="4"/>
         <v>2025</v>
       </c>
       <c r="B111" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="C111" s="19">
+      <c r="C111" s="22">
         <v>64.58</v>
       </c>
       <c r="D111" s="19"/>
       <c r="E111" s="19"/>
       <c r="J111" s="4" t="str">
         <f t="shared" si="5"/>
         <v>4 semaines après la fin du mois de 2025 Décembre</v>
       </c>
     </row>
     <row r="112" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A112" s="10">
         <f t="shared" si="4"/>
         <v>2026</v>
       </c>
       <c r="B112" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="C112" s="20"/>
+      <c r="C112" s="20">
+        <v>99.69</v>
+      </c>
       <c r="D112" s="20"/>
       <c r="E112" s="20"/>
       <c r="J112" s="4" t="str">
         <f t="shared" si="5"/>
         <v>4 semaines après la fin du mois de 2026 Janvier</v>
       </c>
     </row>
     <row r="113" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A113" s="10">
         <f t="shared" si="4"/>
         <v>2026</v>
       </c>
       <c r="B113" s="10" t="s">
         <v>6</v>
       </c>
       <c r="C113" s="20"/>
       <c r="D113" s="20"/>
       <c r="E113" s="20"/>
       <c r="J113" s="4" t="str">
         <f t="shared" si="5"/>
         <v>4 semaines après la fin du mois de 2026 Février</v>
       </c>
     </row>
     <row r="114" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A114" s="10">
@@ -14180,98 +14189,98 @@
       <c r="C171" s="19"/>
       <c r="D171" s="19"/>
       <c r="E171" s="19"/>
     </row>
     <row r="172" spans="1:10" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="173" spans="1:10" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="174" spans="1:10" ht="13.5" hidden="1" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A1:A3"/>
     <mergeCell ref="B1:B3"/>
     <mergeCell ref="C1:E1"/>
     <mergeCell ref="C2:E2"/>
     <mergeCell ref="J2:J3"/>
     <mergeCell ref="G2:H2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr codeName="Feuil7">
     <tabColor theme="8" tint="0.39997558519241921"/>
   </sheetPr>
-  <dimension ref="A1:R1298"/>
+  <dimension ref="A1:R1329"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A1259" zoomScale="88" zoomScaleNormal="88" workbookViewId="0">
-      <selection activeCell="F1283" sqref="F1283"/>
+    <sheetView topLeftCell="A1281" zoomScale="88" zoomScaleNormal="88" workbookViewId="0">
+      <selection activeCell="E1289" sqref="E1289"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="13.5" zeroHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="3" width="11.58203125" style="7" customWidth="1"/>
     <col min="4" max="4" width="11.58203125" style="30" customWidth="1"/>
     <col min="5" max="5" width="11.58203125" style="33" customWidth="1"/>
     <col min="6" max="6" width="13.25" style="7" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="11.58203125" style="7" customWidth="1"/>
     <col min="8" max="9" width="13.25" style="7" customWidth="1"/>
     <col min="10" max="10" width="12.75" style="7" customWidth="1"/>
     <col min="11" max="11" width="2.58203125" style="7" customWidth="1"/>
     <col min="12" max="13" width="11" style="7" customWidth="1"/>
     <col min="14" max="14" width="11" style="7" hidden="1" customWidth="1"/>
     <col min="15" max="15" width="40.75" style="1" hidden="1" customWidth="1"/>
     <col min="16" max="16" width="11" style="1" hidden="1" customWidth="1"/>
     <col min="17" max="18" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="19" max="16384" width="11" style="1" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" s="55" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="79" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="79" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="103" t="s">
         <v>64</v>
       </c>
       <c r="D1" s="104"/>
       <c r="E1" s="104"/>
       <c r="F1" s="104"/>
       <c r="G1" s="104"/>
       <c r="H1" s="104"/>
       <c r="I1" s="104"/>
       <c r="J1" s="104"/>
       <c r="K1" s="7"/>
       <c r="L1" s="8" t="s">
         <v>3</v>
       </c>
       <c r="M1" s="8">
         <f>Sommaire!E8</f>
-        <v>46057</v>
+        <v>46084</v>
       </c>
       <c r="N1" s="54"/>
     </row>
     <row r="2" spans="1:15" ht="93.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="87"/>
       <c r="B2" s="87"/>
       <c r="C2" s="81" t="s">
         <v>272</v>
       </c>
       <c r="D2" s="82"/>
       <c r="E2" s="82"/>
       <c r="F2" s="82"/>
       <c r="G2" s="82"/>
       <c r="H2" s="82"/>
       <c r="I2" s="82"/>
       <c r="J2" s="83"/>
       <c r="L2" s="52"/>
       <c r="M2" s="52"/>
       <c r="O2" s="51" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="87"/>
       <c r="B3" s="87"/>
@@ -48242,216 +48251,1188 @@
       <c r="F1283" s="40"/>
       <c r="G1283" s="22"/>
       <c r="H1283" s="40"/>
       <c r="I1283" s="40"/>
       <c r="J1283" s="40"/>
     </row>
     <row r="1284" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A1284" s="10">
         <v>2026</v>
       </c>
       <c r="B1284" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C1284" s="22" t="s">
         <v>56</v>
       </c>
       <c r="D1284" s="29"/>
       <c r="E1284" s="32"/>
       <c r="F1284" s="40"/>
       <c r="G1284" s="22"/>
       <c r="H1284" s="40"/>
       <c r="I1284" s="40"/>
       <c r="J1284" s="40"/>
     </row>
     <row r="1285" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A1285" s="10"/>
-[...8 lines deleted...]
-      <c r="J1285" s="40"/>
+      <c r="A1285" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1285" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1285" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1285" s="29">
+        <v>46064</v>
+      </c>
+      <c r="E1285" s="32">
+        <v>0.125</v>
+      </c>
+      <c r="F1285" s="40">
+        <v>-7.4999999999999997E-3</v>
+      </c>
+      <c r="G1285" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="H1285" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1285" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1285" s="40" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="1286" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A1286" s="10"/>
-[...8 lines deleted...]
-      <c r="J1286" s="40"/>
+      <c r="A1286" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1286" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1286" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1286" s="29">
+        <v>46064</v>
+      </c>
+      <c r="E1286" s="32">
+        <v>0.16666666666666666</v>
+      </c>
+      <c r="F1286" s="40">
+        <v>-0.01</v>
+      </c>
+      <c r="G1286" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="H1286" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1286" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1286" s="40" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="1287" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A1287" s="10"/>
-[...8 lines deleted...]
-      <c r="J1287" s="40"/>
+      <c r="A1287" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1287" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1287" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1287" s="29">
+        <v>46064</v>
+      </c>
+      <c r="E1287" s="32">
+        <v>0.20833333333333334</v>
+      </c>
+      <c r="F1287" s="40">
+        <v>-5.0000000000000001E-3</v>
+      </c>
+      <c r="G1287" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="H1287" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1287" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1287" s="40" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="1288" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A1288" s="10"/>
-[...8 lines deleted...]
-      <c r="J1288" s="40"/>
+      <c r="A1288" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1288" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1288" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1288" s="29">
+        <v>46065</v>
+      </c>
+      <c r="E1288" s="32">
+        <v>0.125</v>
+      </c>
+      <c r="F1288" s="40">
+        <v>-2.5000000000000001E-3</v>
+      </c>
+      <c r="G1288" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="H1288" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1288" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1288" s="40" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="1289" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A1289" s="10"/>
-[...8 lines deleted...]
-      <c r="J1289" s="40"/>
+      <c r="A1289" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1289" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1289" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1289" s="29">
+        <v>46065</v>
+      </c>
+      <c r="E1289" s="32">
+        <v>0.58333333333333337</v>
+      </c>
+      <c r="F1289" s="40">
+        <v>-2.5000000000000001E-3</v>
+      </c>
+      <c r="G1289" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1289" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1289" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1289" s="40" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="1290" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A1290" s="10"/>
-[...8 lines deleted...]
-      <c r="J1290" s="40"/>
+      <c r="A1290" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1290" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1290" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1290" s="29">
+        <v>46069</v>
+      </c>
+      <c r="E1290" s="32">
+        <v>8.3333333333333329E-2</v>
+      </c>
+      <c r="F1290" s="40">
+        <v>-2.5000000000000001E-3</v>
+      </c>
+      <c r="G1290" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="H1290" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1290" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1290" s="40" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="1291" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A1291" s="10"/>
-[...8 lines deleted...]
-      <c r="J1291" s="40"/>
+      <c r="A1291" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1291" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1291" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1291" s="29">
+        <v>46069</v>
+      </c>
+      <c r="E1291" s="32">
+        <v>0.125</v>
+      </c>
+      <c r="F1291" s="40">
+        <v>-1.2500000000000001E-2</v>
+      </c>
+      <c r="G1291" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="H1291" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1291" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1291" s="40" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="1292" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A1292" s="10"/>
-[...8 lines deleted...]
-      <c r="J1292" s="40"/>
+      <c r="A1292" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1292" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1292" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1292" s="29">
+        <v>46069</v>
+      </c>
+      <c r="E1292" s="32">
+        <v>0.16666666666666666</v>
+      </c>
+      <c r="F1292" s="40">
+        <v>-0.01</v>
+      </c>
+      <c r="G1292" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="H1292" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1292" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1292" s="40" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="1293" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A1293" s="10"/>
-[...8 lines deleted...]
-      <c r="J1293" s="40"/>
+      <c r="A1293" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1293" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1293" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1293" s="29">
+        <v>46069</v>
+      </c>
+      <c r="E1293" s="32">
+        <v>0.54166666666666663</v>
+      </c>
+      <c r="F1293" s="40">
+        <v>-5.0000000000000001E-3</v>
+      </c>
+      <c r="G1293" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1293" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1293" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1293" s="40" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="1294" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A1294" s="10"/>
-[...8 lines deleted...]
-      <c r="J1294" s="40"/>
+      <c r="A1294" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1294" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1294" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1294" s="29">
+        <v>46069</v>
+      </c>
+      <c r="E1294" s="32">
+        <v>0.58333333333333337</v>
+      </c>
+      <c r="F1294" s="40">
+        <v>-2.5000000000000001E-3</v>
+      </c>
+      <c r="G1294" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1294" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1294" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1294" s="40" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="1295" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A1295" s="10"/>
-[...8 lines deleted...]
-      <c r="J1295" s="40"/>
+      <c r="A1295" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1295" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1295" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1295" s="29">
+        <v>46074</v>
+      </c>
+      <c r="E1295" s="32">
+        <v>0.54166666666666663</v>
+      </c>
+      <c r="F1295" s="40">
+        <v>-2.5000000000000001E-3</v>
+      </c>
+      <c r="G1295" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1295" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1295" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1295" s="40" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="1296" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A1296" s="10"/>
-[...8 lines deleted...]
-      <c r="J1296" s="40"/>
+      <c r="A1296" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1296" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1296" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1296" s="29">
+        <v>46074</v>
+      </c>
+      <c r="E1296" s="32">
+        <v>0.58333333333333337</v>
+      </c>
+      <c r="F1296" s="40">
+        <v>-0.01</v>
+      </c>
+      <c r="G1296" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1296" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1296" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1296" s="40" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="1297" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A1297" s="10"/>
-[...8 lines deleted...]
-      <c r="J1297" s="40"/>
+      <c r="A1297" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1297" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1297" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1297" s="29">
+        <v>46074</v>
+      </c>
+      <c r="E1297" s="32">
+        <v>0.625</v>
+      </c>
+      <c r="F1297" s="40">
+        <v>-2.5000000000000001E-3</v>
+      </c>
+      <c r="G1297" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1297" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1297" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1297" s="40" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="1298" spans="1:10" x14ac:dyDescent="0.35">
-      <c r="A1298" s="10"/>
-[...8 lines deleted...]
-      <c r="J1298" s="40"/>
+      <c r="A1298" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1298" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1298" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1298" s="29">
+        <v>46075</v>
+      </c>
+      <c r="E1298" s="32">
+        <v>0.41666666666666669</v>
+      </c>
+      <c r="F1298" s="40">
+        <v>-4.9999999999999975E-3</v>
+      </c>
+      <c r="G1298" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1298" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1298" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1298" s="40" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="1299" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1299" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1299" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1299" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1299" s="29">
+        <v>46075</v>
+      </c>
+      <c r="E1299" s="32">
+        <v>0.45833333333333331</v>
+      </c>
+      <c r="F1299" s="40">
+        <v>-7.4999999999999997E-3</v>
+      </c>
+      <c r="G1299" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1299" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1299" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1299" s="40" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="1300" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1300" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1300" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1300" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1300" s="29">
+        <v>46075</v>
+      </c>
+      <c r="E1300" s="32">
+        <v>0.5</v>
+      </c>
+      <c r="F1300" s="40">
+        <v>-0.01</v>
+      </c>
+      <c r="G1300" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1300" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1300" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1300" s="40" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="1301" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1301" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1301" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1301" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1301" s="29">
+        <v>46075</v>
+      </c>
+      <c r="E1301" s="32">
+        <v>0.54166666666666663</v>
+      </c>
+      <c r="F1301" s="40">
+        <v>-1.7500000000000002E-2</v>
+      </c>
+      <c r="G1301" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1301" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1301" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1301" s="40" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="1302" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1302" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1302" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1302" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1302" s="29">
+        <v>46075</v>
+      </c>
+      <c r="E1302" s="32">
+        <v>0.58333333333333337</v>
+      </c>
+      <c r="F1302" s="40">
+        <v>-0.01</v>
+      </c>
+      <c r="G1302" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1302" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1302" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1302" s="40" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="1303" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1303" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1303" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1303" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1303" s="29">
+        <v>46075</v>
+      </c>
+      <c r="E1303" s="32">
+        <v>0.625</v>
+      </c>
+      <c r="F1303" s="40">
+        <v>-0.01</v>
+      </c>
+      <c r="G1303" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1303" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1303" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1303" s="40" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="1304" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1304" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1304" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1304" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1304" s="29">
+        <v>46075</v>
+      </c>
+      <c r="E1304" s="32">
+        <v>0.66666666666666663</v>
+      </c>
+      <c r="F1304" s="40">
+        <v>-7.4999999999999997E-3</v>
+      </c>
+      <c r="G1304" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1304" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1304" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1304" s="40" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="1305" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1305" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1305" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1305" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1305" s="29">
+        <v>46078</v>
+      </c>
+      <c r="E1305" s="32">
+        <v>0.58333333333333337</v>
+      </c>
+      <c r="F1305" s="40">
+        <v>-2.5000000000000005E-3</v>
+      </c>
+      <c r="G1305" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1305" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1305" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1305" s="40" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="1306" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1306" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1306" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1306" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1306" s="29">
+        <v>46079</v>
+      </c>
+      <c r="E1306" s="32">
+        <v>0.54166666666666663</v>
+      </c>
+      <c r="F1306" s="40">
+        <v>-2.5000000000000005E-3</v>
+      </c>
+      <c r="G1306" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1306" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1306" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1306" s="40" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="1307" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1307" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1307" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1307" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1307" s="29">
+        <v>46079</v>
+      </c>
+      <c r="E1307" s="32">
+        <v>0.625</v>
+      </c>
+      <c r="F1307" s="40">
+        <v>-2.5000000000000005E-3</v>
+      </c>
+      <c r="G1307" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1307" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1307" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1307" s="40" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="1308" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1308" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1308" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1308" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1308" s="29">
+        <v>46080</v>
+      </c>
+      <c r="E1308" s="32">
+        <v>0.5</v>
+      </c>
+      <c r="F1308" s="40">
+        <v>-2.5000000000000001E-3</v>
+      </c>
+      <c r="G1308" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1308" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1308" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1308" s="40" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="1309" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1309" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1309" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1309" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1309" s="29">
+        <v>46080</v>
+      </c>
+      <c r="E1309" s="32">
+        <v>0.54166666666666663</v>
+      </c>
+      <c r="F1309" s="40">
+        <v>-7.4999999999999997E-3</v>
+      </c>
+      <c r="G1309" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1309" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1309" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1309" s="40" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="1310" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1310" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1310" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1310" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1310" s="29">
+        <v>46080</v>
+      </c>
+      <c r="E1310" s="32">
+        <v>0.58333333333333337</v>
+      </c>
+      <c r="F1310" s="40">
+        <v>-2.5000000000000001E-3</v>
+      </c>
+      <c r="G1310" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1310" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1310" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1310" s="40" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="1311" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1311" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1311" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1311" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1311" s="29">
+        <v>46081</v>
+      </c>
+      <c r="E1311" s="32">
+        <v>0.45833333333333331</v>
+      </c>
+      <c r="F1311" s="40">
+        <v>-0.02</v>
+      </c>
+      <c r="G1311" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1311" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1311" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1311" s="40" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="1312" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1312" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1312" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1312" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1312" s="29">
+        <v>46081</v>
+      </c>
+      <c r="E1312" s="32">
+        <v>0.5</v>
+      </c>
+      <c r="F1312" s="40">
+        <v>-0.01</v>
+      </c>
+      <c r="G1312" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1312" s="40" t="s">
+        <v>56</v>
+      </c>
+      <c r="I1312" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1312" s="40" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="1313" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1313" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1313" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1313" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1313" s="29">
+        <v>46081</v>
+      </c>
+      <c r="E1313" s="32">
+        <v>0.54166666666666663</v>
+      </c>
+      <c r="F1313" s="40">
+        <v>-1.2500000000000001E-2</v>
+      </c>
+      <c r="G1313" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1313" s="40" t="s">
+        <v>56</v>
+      </c>
+      <c r="I1313" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1313" s="40" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="1314" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1314" s="10">
+        <v>2026</v>
+      </c>
+      <c r="B1314" s="10" t="s">
+        <v>275</v>
+      </c>
+      <c r="C1314" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="D1314" s="29">
+        <v>46081</v>
+      </c>
+      <c r="E1314" s="32">
+        <v>0.58333333333333337</v>
+      </c>
+      <c r="F1314" s="40">
+        <v>-5.0000000000000001E-3</v>
+      </c>
+      <c r="G1314" s="22" t="s">
+        <v>68</v>
+      </c>
+      <c r="H1314" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="I1314" s="40" t="s">
+        <v>68</v>
+      </c>
+      <c r="J1314" s="40" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="1315" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1315" s="10"/>
+      <c r="B1315" s="10"/>
+      <c r="C1315" s="22"/>
+      <c r="D1315" s="29"/>
+      <c r="E1315" s="32"/>
+      <c r="F1315" s="40"/>
+      <c r="G1315" s="22"/>
+      <c r="H1315" s="40"/>
+      <c r="I1315" s="40"/>
+      <c r="J1315" s="40"/>
+    </row>
+    <row r="1316" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1316" s="10"/>
+      <c r="B1316" s="10"/>
+      <c r="C1316" s="22"/>
+      <c r="D1316" s="29"/>
+      <c r="E1316" s="32"/>
+      <c r="F1316" s="40"/>
+      <c r="G1316" s="22"/>
+      <c r="H1316" s="40"/>
+      <c r="I1316" s="40"/>
+      <c r="J1316" s="40"/>
+    </row>
+    <row r="1317" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1317" s="10"/>
+      <c r="B1317" s="10"/>
+      <c r="C1317" s="22"/>
+      <c r="D1317" s="29"/>
+      <c r="E1317" s="32"/>
+      <c r="F1317" s="40"/>
+      <c r="G1317" s="22"/>
+      <c r="H1317" s="40"/>
+      <c r="I1317" s="40"/>
+      <c r="J1317" s="40"/>
+    </row>
+    <row r="1318" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1318" s="10"/>
+      <c r="B1318" s="10"/>
+      <c r="C1318" s="22"/>
+      <c r="D1318" s="29"/>
+      <c r="E1318" s="32"/>
+      <c r="F1318" s="40"/>
+      <c r="G1318" s="22"/>
+      <c r="H1318" s="40"/>
+      <c r="I1318" s="40"/>
+      <c r="J1318" s="40"/>
+    </row>
+    <row r="1319" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1319" s="10"/>
+      <c r="B1319" s="10"/>
+      <c r="C1319" s="22"/>
+      <c r="D1319" s="29"/>
+      <c r="E1319" s="32"/>
+      <c r="F1319" s="40"/>
+      <c r="G1319" s="22"/>
+      <c r="H1319" s="40"/>
+      <c r="I1319" s="40"/>
+      <c r="J1319" s="40"/>
+    </row>
+    <row r="1320" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1320" s="10"/>
+      <c r="B1320" s="10"/>
+      <c r="C1320" s="22"/>
+      <c r="D1320" s="29"/>
+      <c r="E1320" s="32"/>
+      <c r="F1320" s="40"/>
+      <c r="G1320" s="22"/>
+      <c r="H1320" s="40"/>
+      <c r="I1320" s="40"/>
+      <c r="J1320" s="40"/>
+    </row>
+    <row r="1321" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1321" s="10"/>
+      <c r="B1321" s="10"/>
+      <c r="C1321" s="22"/>
+      <c r="D1321" s="29"/>
+      <c r="E1321" s="32"/>
+      <c r="F1321" s="40"/>
+      <c r="G1321" s="22"/>
+      <c r="H1321" s="40"/>
+      <c r="I1321" s="40"/>
+      <c r="J1321" s="40"/>
+    </row>
+    <row r="1322" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1322" s="10"/>
+      <c r="B1322" s="10"/>
+      <c r="C1322" s="22"/>
+      <c r="D1322" s="29"/>
+      <c r="E1322" s="32"/>
+      <c r="F1322" s="40"/>
+      <c r="G1322" s="22"/>
+      <c r="H1322" s="40"/>
+      <c r="I1322" s="40"/>
+      <c r="J1322" s="40"/>
+    </row>
+    <row r="1323" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1323" s="10"/>
+      <c r="B1323" s="10"/>
+      <c r="C1323" s="22"/>
+      <c r="D1323" s="29"/>
+      <c r="E1323" s="32"/>
+      <c r="F1323" s="40"/>
+      <c r="G1323" s="22"/>
+      <c r="H1323" s="40"/>
+      <c r="I1323" s="40"/>
+      <c r="J1323" s="40"/>
+    </row>
+    <row r="1324" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1324" s="10"/>
+      <c r="B1324" s="10"/>
+      <c r="C1324" s="22"/>
+      <c r="D1324" s="29"/>
+      <c r="E1324" s="32"/>
+      <c r="F1324" s="40"/>
+      <c r="G1324" s="22"/>
+      <c r="H1324" s="40"/>
+      <c r="I1324" s="40"/>
+      <c r="J1324" s="40"/>
+    </row>
+    <row r="1325" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1325" s="10"/>
+      <c r="B1325" s="10"/>
+      <c r="C1325" s="22"/>
+      <c r="D1325" s="29"/>
+      <c r="E1325" s="32"/>
+      <c r="F1325" s="40"/>
+      <c r="G1325" s="22"/>
+      <c r="H1325" s="40"/>
+      <c r="I1325" s="40"/>
+      <c r="J1325" s="40"/>
+    </row>
+    <row r="1326" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1326" s="10"/>
+      <c r="B1326" s="10"/>
+      <c r="C1326" s="22"/>
+      <c r="D1326" s="29"/>
+      <c r="E1326" s="32"/>
+      <c r="F1326" s="40"/>
+      <c r="G1326" s="22"/>
+      <c r="H1326" s="40"/>
+      <c r="I1326" s="40"/>
+      <c r="J1326" s="40"/>
+    </row>
+    <row r="1327" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1327" s="10"/>
+      <c r="B1327" s="10"/>
+      <c r="C1327" s="22"/>
+      <c r="D1327" s="29"/>
+      <c r="E1327" s="32"/>
+      <c r="F1327" s="40"/>
+      <c r="G1327" s="22"/>
+      <c r="H1327" s="40"/>
+      <c r="I1327" s="40"/>
+      <c r="J1327" s="40"/>
+    </row>
+    <row r="1328" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1328" s="10"/>
+      <c r="B1328" s="10"/>
+      <c r="C1328" s="22"/>
+      <c r="D1328" s="29"/>
+      <c r="E1328" s="32"/>
+      <c r="F1328" s="40"/>
+      <c r="G1328" s="22"/>
+      <c r="H1328" s="40"/>
+      <c r="I1328" s="40"/>
+      <c r="J1328" s="40"/>
+    </row>
+    <row r="1329" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A1329" s="10"/>
+      <c r="B1329" s="10"/>
+      <c r="C1329" s="22"/>
+      <c r="D1329" s="29"/>
+      <c r="E1329" s="32"/>
+      <c r="F1329" s="40"/>
+      <c r="G1329" s="22"/>
+      <c r="H1329" s="40"/>
+      <c r="I1329" s="40"/>
+      <c r="J1329" s="40"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="L629:M630"/>
     <mergeCell ref="A1:A4"/>
     <mergeCell ref="B1:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="C1:J1"/>
     <mergeCell ref="C2:J2"/>
     <mergeCell ref="D3:J3"/>
   </mergeCells>
   <phoneticPr fontId="13" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="D69:G69" emptyCellReference="1"/>
   </ignoredErrors>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr codeName="Feuil9">
     <tabColor theme="9" tint="0.39997558519241921"/>