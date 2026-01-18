--- v0 (2025-10-08)
+++ v1 (2026-01-18)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\SECURE-DDM\DSE\2 - EnR Filières\07 - Biogaz &amp; Biométhane\01 - Tarifs d'achat\000 - Coefficients BG16, BGS17 et BGI19\31 - Trimestre T4 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\SECURE-DDM\DSE\2 - EnR Filières\07 - Biogaz &amp; Biométhane\01 - Tarifs d'achat\000 - Coefficients BG16, BGS17 et BGI19\32 - Trimestre T1 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0B0F1283-647E-484B-B65F-CB119701D09B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0890F2AA-6029-460F-8BFB-DA90F7E58003}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="30936" windowHeight="16776" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="14460" yWindow="-18000" windowWidth="14610" windowHeight="17385" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Présentation" sheetId="12" r:id="rId1"/>
     <sheet name="Bilan à publier" sheetId="16" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="Print_Area" localSheetId="0">Présentation!$A$2:$I$31</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="35">
@@ -637,114 +637,114 @@
     <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...49 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="17">
     <cellStyle name="Lien hypertexte" xfId="4" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 2 2" xfId="10" xr:uid="{E34C4BAE-6BAF-4E3D-9BA4-9795BEED014F}"/>
     <cellStyle name="Normal 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 3 2" xfId="11" xr:uid="{A16D7792-1272-480E-9278-0C833A01653E}"/>
     <cellStyle name="Normal 4" xfId="7" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 4 2" xfId="13" xr:uid="{73BAAB4F-FCAA-4F6A-A7BE-F19E7A8C3393}"/>
     <cellStyle name="Normal 5" xfId="15" xr:uid="{0E6446B0-052E-4DD7-B9CE-7CAFE7B94A07}"/>
     <cellStyle name="Pourcentage" xfId="9" builtinId="5"/>
     <cellStyle name="Pourcentage 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Pourcentage 2 2" xfId="12" xr:uid="{5FB56393-4F96-43A3-B9BD-35B1CB9C0867}"/>
     <cellStyle name="Pourcentage 3" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Pourcentage 3 2" xfId="14" xr:uid="{CE3A1CD8-2D34-4FF6-B2BF-8F6FD11C5425}"/>
     <cellStyle name="Pourcentage 4" xfId="16" xr:uid="{54667756-55E5-406E-9788-1E6D742895B8}"/>
     <cellStyle name="Titre 1" xfId="1" builtinId="16"/>
     <cellStyle name="Titre 2" xfId="2" builtinId="17"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{71631715-C02A-4002-B099-80ADDD3D9B7C}"/>
@@ -1366,160 +1366,162 @@
     <mergeCell ref="B26:H26"/>
     <mergeCell ref="B27:E28"/>
     <mergeCell ref="B30:E30"/>
     <mergeCell ref="C5:H6"/>
     <mergeCell ref="D21:E21"/>
     <mergeCell ref="B10:E11"/>
     <mergeCell ref="B13:H13"/>
     <mergeCell ref="B14:E15"/>
     <mergeCell ref="D17:E17"/>
     <mergeCell ref="D20:E20"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B30" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="72" orientation="portrait" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4CA42530-4F7A-403A-9A2B-DC571F22468B}">
   <sheetPr codeName="Feuil2">
     <tabColor theme="1"/>
   </sheetPr>
-  <dimension ref="B2:AP33"/>
+  <dimension ref="B2:AQ33"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="U1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B12" sqref="B12:AP12"/>
+    <sheetView tabSelected="1" topLeftCell="AA1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="AI27" sqref="AI27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.54296875" defaultRowHeight="15" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="2.90625" style="14" customWidth="1"/>
     <col min="2" max="2" width="11.1796875" style="14" customWidth="1"/>
     <col min="3" max="4" width="17.36328125" style="14" customWidth="1"/>
-    <col min="5" max="41" width="7.81640625" style="14" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="44" max="16384" width="11.54296875" style="14"/>
+    <col min="5" max="42" width="7.81640625" style="14" customWidth="1"/>
+    <col min="43" max="43" width="5.453125" style="14" customWidth="1"/>
+    <col min="44" max="44" width="2.08984375" style="14" customWidth="1"/>
+    <col min="45" max="16384" width="11.54296875" style="14"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:42" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B2" s="51" t="s">
+    <row r="2" spans="2:43" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B2" s="32" t="s">
         <v>29</v>
       </c>
-      <c r="C2" s="51"/>
-[...41 lines deleted...]
-      <c r="E4" s="36" t="s">
+      <c r="C2" s="32"/>
+      <c r="D2" s="32"/>
+      <c r="E2" s="32"/>
+      <c r="F2" s="32"/>
+      <c r="G2" s="32"/>
+      <c r="H2" s="32"/>
+      <c r="I2" s="32"/>
+      <c r="J2" s="32"/>
+      <c r="K2" s="32"/>
+      <c r="L2" s="32"/>
+      <c r="M2" s="32"/>
+      <c r="N2" s="32"/>
+      <c r="O2" s="32"/>
+      <c r="P2" s="32"/>
+      <c r="Q2" s="32"/>
+      <c r="R2" s="32"/>
+      <c r="S2" s="32"/>
+      <c r="T2" s="32"/>
+      <c r="U2" s="32"/>
+      <c r="V2" s="32"/>
+      <c r="W2" s="32"/>
+      <c r="X2" s="32"/>
+      <c r="Y2" s="32"/>
+      <c r="Z2" s="32"/>
+      <c r="AA2" s="32"/>
+      <c r="AB2" s="32"/>
+      <c r="AC2" s="32"/>
+      <c r="AD2" s="32"/>
+      <c r="AE2" s="32"/>
+      <c r="AF2" s="32"/>
+      <c r="AG2" s="32"/>
+      <c r="AH2" s="32"/>
+      <c r="AI2" s="32"/>
+      <c r="AJ2" s="32"/>
+      <c r="AK2" s="32"/>
+      <c r="AL2" s="32"/>
+      <c r="AM2" s="32"/>
+      <c r="AN2" s="32"/>
+      <c r="AO2" s="32"/>
+      <c r="AP2" s="32"/>
+      <c r="AQ2" s="32"/>
+    </row>
+    <row r="4" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="E4" s="33" t="s">
         <v>8</v>
       </c>
-      <c r="F4" s="37"/>
-[...37 lines deleted...]
-    <row r="5" spans="2:42" x14ac:dyDescent="0.35">
+      <c r="F4" s="34"/>
+      <c r="G4" s="34"/>
+      <c r="H4" s="34"/>
+      <c r="I4" s="34"/>
+      <c r="J4" s="34"/>
+      <c r="K4" s="34"/>
+      <c r="L4" s="34"/>
+      <c r="M4" s="34"/>
+      <c r="N4" s="34"/>
+      <c r="O4" s="34"/>
+      <c r="P4" s="34"/>
+      <c r="Q4" s="34"/>
+      <c r="R4" s="34"/>
+      <c r="S4" s="34"/>
+      <c r="T4" s="34"/>
+      <c r="U4" s="34"/>
+      <c r="V4" s="34"/>
+      <c r="W4" s="34"/>
+      <c r="X4" s="34"/>
+      <c r="Y4" s="34"/>
+      <c r="Z4" s="34"/>
+      <c r="AA4" s="34"/>
+      <c r="AB4" s="34"/>
+      <c r="AC4" s="34"/>
+      <c r="AD4" s="34"/>
+      <c r="AE4" s="34"/>
+      <c r="AF4" s="34"/>
+      <c r="AG4" s="34"/>
+      <c r="AH4" s="34"/>
+      <c r="AI4" s="34"/>
+      <c r="AJ4" s="34"/>
+      <c r="AK4" s="34"/>
+      <c r="AL4" s="34"/>
+      <c r="AM4" s="34"/>
+      <c r="AN4" s="34"/>
+      <c r="AO4" s="34"/>
+      <c r="AP4" s="34"/>
+      <c r="AQ4" s="35"/>
+    </row>
+    <row r="5" spans="2:43" x14ac:dyDescent="0.35">
       <c r="B5" s="11"/>
-      <c r="C5" s="39" t="s">
+      <c r="C5" s="30" t="s">
         <v>6</v>
       </c>
-      <c r="D5" s="40"/>
+      <c r="D5" s="31"/>
       <c r="E5" s="8">
         <v>42719</v>
       </c>
       <c r="F5" s="8">
         <v>42736</v>
       </c>
       <c r="G5" s="8">
         <v>42826</v>
       </c>
       <c r="H5" s="8">
         <v>42917</v>
       </c>
       <c r="I5" s="8">
         <v>43009</v>
       </c>
       <c r="J5" s="8">
         <v>43101</v>
       </c>
       <c r="K5" s="8">
         <v>43191</v>
       </c>
       <c r="L5" s="8">
         <v>43282</v>
       </c>
       <c r="M5" s="8">
@@ -1587,58 +1589,61 @@
       </c>
       <c r="AH5" s="18">
         <v>45292</v>
       </c>
       <c r="AI5" s="18">
         <v>45383</v>
       </c>
       <c r="AJ5" s="18">
         <v>45474</v>
       </c>
       <c r="AK5" s="18">
         <v>45566</v>
       </c>
       <c r="AL5" s="18">
         <v>45658</v>
       </c>
       <c r="AM5" s="18">
         <v>45748</v>
       </c>
       <c r="AN5" s="18">
         <v>45839</v>
       </c>
       <c r="AO5" s="18">
         <v>45931</v>
       </c>
-      <c r="AP5" s="9"/>
-[...1 lines deleted...]
-    <row r="6" spans="2:42" x14ac:dyDescent="0.35">
+      <c r="AP5" s="18">
+        <v>46023</v>
+      </c>
+      <c r="AQ5" s="9"/>
+    </row>
+    <row r="6" spans="2:43" x14ac:dyDescent="0.35">
       <c r="B6" s="12"/>
-      <c r="C6" s="41" t="s">
+      <c r="C6" s="36" t="s">
         <v>7</v>
       </c>
-      <c r="D6" s="42"/>
+      <c r="D6" s="37"/>
       <c r="E6" s="19">
         <v>42735</v>
       </c>
       <c r="F6" s="19">
         <v>42825</v>
       </c>
       <c r="G6" s="19">
         <v>42916</v>
       </c>
       <c r="H6" s="19">
         <v>43008</v>
       </c>
       <c r="I6" s="19">
         <v>43100</v>
       </c>
       <c r="J6" s="19">
         <v>43190</v>
       </c>
       <c r="K6" s="19">
         <v>43281</v>
       </c>
       <c r="L6" s="19">
         <v>43373</v>
       </c>
       <c r="M6" s="19">
@@ -1706,60 +1711,63 @@
       </c>
       <c r="AH6" s="19">
         <v>45382</v>
       </c>
       <c r="AI6" s="19">
         <v>45473</v>
       </c>
       <c r="AJ6" s="19">
         <v>45565</v>
       </c>
       <c r="AK6" s="19">
         <v>45657</v>
       </c>
       <c r="AL6" s="19">
         <v>45747</v>
       </c>
       <c r="AM6" s="19">
         <v>45838</v>
       </c>
       <c r="AN6" s="19">
         <v>45930</v>
       </c>
       <c r="AO6" s="19">
         <v>46022</v>
       </c>
-      <c r="AP6" s="10" t="s">
+      <c r="AP6" s="19">
+        <v>46112</v>
+      </c>
+      <c r="AQ6" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="7" spans="2:42" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B7" s="43" t="s">
+    <row r="7" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B7" s="38" t="s">
         <v>9</v>
       </c>
-      <c r="C7" s="44"/>
-      <c r="D7" s="45"/>
+      <c r="C7" s="39"/>
+      <c r="D7" s="40"/>
       <c r="E7" s="7">
         <v>0</v>
       </c>
       <c r="F7" s="7">
         <v>0</v>
       </c>
       <c r="G7" s="7">
         <v>0</v>
       </c>
       <c r="H7" s="7">
         <v>0</v>
       </c>
       <c r="I7" s="7">
         <v>0</v>
       </c>
       <c r="J7" s="7">
         <v>0</v>
       </c>
       <c r="K7" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="L7" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="M7" s="15">
@@ -1827,105 +1835,109 @@
       </c>
       <c r="AH7" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="AI7" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="AJ7" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="AK7" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="AL7" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="AM7" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="AN7" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="AO7" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
-      <c r="AP7" s="15"/>
-[...2 lines deleted...]
-      <c r="B8" s="46" t="s">
+      <c r="AP7" s="15">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AQ7" s="15"/>
+    </row>
+    <row r="8" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B8" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="C8" s="47"/>
-[...41 lines deleted...]
-      <c r="B9" s="30" t="s">
+      <c r="C8" s="42"/>
+      <c r="D8" s="42"/>
+      <c r="E8" s="42"/>
+      <c r="F8" s="42"/>
+      <c r="G8" s="42"/>
+      <c r="H8" s="42"/>
+      <c r="I8" s="42"/>
+      <c r="J8" s="42"/>
+      <c r="K8" s="42"/>
+      <c r="L8" s="42"/>
+      <c r="M8" s="42"/>
+      <c r="N8" s="42"/>
+      <c r="O8" s="42"/>
+      <c r="P8" s="42"/>
+      <c r="Q8" s="42"/>
+      <c r="R8" s="42"/>
+      <c r="S8" s="42"/>
+      <c r="T8" s="42"/>
+      <c r="U8" s="42"/>
+      <c r="V8" s="42"/>
+      <c r="W8" s="42"/>
+      <c r="X8" s="42"/>
+      <c r="Y8" s="42"/>
+      <c r="Z8" s="42"/>
+      <c r="AA8" s="42"/>
+      <c r="AB8" s="42"/>
+      <c r="AC8" s="42"/>
+      <c r="AD8" s="42"/>
+      <c r="AE8" s="42"/>
+      <c r="AF8" s="42"/>
+      <c r="AG8" s="42"/>
+      <c r="AH8" s="42"/>
+      <c r="AI8" s="42"/>
+      <c r="AJ8" s="42"/>
+      <c r="AK8" s="42"/>
+      <c r="AL8" s="42"/>
+      <c r="AM8" s="42"/>
+      <c r="AN8" s="42"/>
+      <c r="AO8" s="42"/>
+      <c r="AP8" s="42"/>
+      <c r="AQ8" s="43"/>
+    </row>
+    <row r="9" spans="2:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B9" s="44" t="s">
         <v>18</v>
       </c>
-      <c r="C9" s="49" t="s">
+      <c r="C9" s="46" t="s">
         <v>19</v>
       </c>
-      <c r="D9" s="50"/>
+      <c r="D9" s="47"/>
       <c r="E9" s="16">
         <v>175</v>
       </c>
       <c r="F9" s="16">
         <v>175</v>
       </c>
       <c r="G9" s="16">
         <v>175</v>
       </c>
       <c r="H9" s="16">
         <v>175</v>
       </c>
       <c r="I9" s="16">
         <v>175</v>
       </c>
       <c r="J9" s="16">
         <v>175</v>
       </c>
       <c r="K9" s="16">
         <v>174.13</v>
       </c>
       <c r="L9" s="16">
         <v>173.25</v>
       </c>
       <c r="M9" s="16">
@@ -1993,58 +2005,61 @@
       </c>
       <c r="AH9" s="16">
         <v>155.16</v>
       </c>
       <c r="AI9" s="16">
         <v>154.38999999999999</v>
       </c>
       <c r="AJ9" s="16">
         <v>153.62</v>
       </c>
       <c r="AK9" s="16">
         <v>152.85</v>
       </c>
       <c r="AL9" s="16">
         <v>152.08000000000001</v>
       </c>
       <c r="AM9" s="16">
         <v>151.32</v>
       </c>
       <c r="AN9" s="16">
         <v>150.57</v>
       </c>
       <c r="AO9" s="16">
         <v>149.81</v>
       </c>
-      <c r="AP9" s="16"/>
-[...3 lines deleted...]
-      <c r="C10" s="49" t="s">
+      <c r="AP9" s="16">
+        <v>149.07</v>
+      </c>
+      <c r="AQ9" s="16"/>
+    </row>
+    <row r="10" spans="2:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B10" s="45"/>
+      <c r="C10" s="46" t="s">
         <v>20</v>
       </c>
-      <c r="D10" s="50"/>
+      <c r="D10" s="47"/>
       <c r="E10" s="16">
         <v>150</v>
       </c>
       <c r="F10" s="16">
         <v>150</v>
       </c>
       <c r="G10" s="16">
         <v>150</v>
       </c>
       <c r="H10" s="16">
         <v>150</v>
       </c>
       <c r="I10" s="16">
         <v>150</v>
       </c>
       <c r="J10" s="16">
         <v>150</v>
       </c>
       <c r="K10" s="16">
         <v>149.25</v>
       </c>
       <c r="L10" s="16">
         <v>148.5</v>
       </c>
       <c r="M10" s="16">
@@ -2112,188 +2127,194 @@
       </c>
       <c r="AH10" s="16">
         <v>133</v>
       </c>
       <c r="AI10" s="16">
         <v>132.33000000000001</v>
       </c>
       <c r="AJ10" s="16">
         <v>131.66999999999999</v>
       </c>
       <c r="AK10" s="16">
         <v>131.01</v>
       </c>
       <c r="AL10" s="16">
         <v>130.36000000000001</v>
       </c>
       <c r="AM10" s="16">
         <v>129.71</v>
       </c>
       <c r="AN10" s="16">
         <v>129.06</v>
       </c>
       <c r="AO10" s="16">
         <v>128.41</v>
       </c>
-      <c r="AP10" s="16"/>
-[...1 lines deleted...]
-    <row r="11" spans="2:42" ht="15.6" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="AP10" s="16">
+        <v>127.77</v>
+      </c>
+      <c r="AQ10" s="16"/>
+    </row>
+    <row r="11" spans="2:43" ht="15.6" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B11" s="17"/>
       <c r="C11" s="17"/>
       <c r="D11" s="17"/>
       <c r="E11" s="17"/>
       <c r="F11" s="17"/>
       <c r="G11" s="17"/>
       <c r="H11" s="17"/>
       <c r="I11" s="17"/>
       <c r="J11" s="17"/>
       <c r="K11" s="17"/>
       <c r="L11" s="17"/>
       <c r="M11" s="17"/>
       <c r="N11" s="17"/>
       <c r="O11" s="17"/>
       <c r="P11" s="17"/>
       <c r="Q11" s="17"/>
       <c r="R11" s="17"/>
       <c r="S11" s="17"/>
       <c r="T11" s="17"/>
       <c r="U11" s="17"/>
       <c r="V11" s="17"/>
       <c r="W11" s="17"/>
       <c r="X11" s="17"/>
       <c r="Y11" s="17"/>
       <c r="Z11" s="17"/>
       <c r="AA11" s="17"/>
       <c r="AB11" s="17"/>
       <c r="AC11" s="17"/>
       <c r="AD11" s="17"/>
       <c r="AE11" s="17"/>
       <c r="AF11" s="17"/>
       <c r="AG11" s="17"/>
       <c r="AH11" s="17"/>
       <c r="AI11" s="17"/>
       <c r="AJ11" s="17"/>
       <c r="AK11" s="17"/>
       <c r="AL11" s="17"/>
       <c r="AM11" s="17"/>
       <c r="AN11" s="17"/>
       <c r="AO11" s="17"/>
       <c r="AP11" s="17"/>
-    </row>
-[...1 lines deleted...]
-      <c r="B12" s="35" t="s">
+      <c r="AQ11" s="17"/>
+    </row>
+    <row r="12" spans="2:43" ht="36" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B12" s="48" t="s">
         <v>30</v>
       </c>
-      <c r="C12" s="35"/>
-[...41 lines deleted...]
-      <c r="E14" s="36" t="s">
+      <c r="C12" s="48"/>
+      <c r="D12" s="48"/>
+      <c r="E12" s="48"/>
+      <c r="F12" s="48"/>
+      <c r="G12" s="48"/>
+      <c r="H12" s="48"/>
+      <c r="I12" s="48"/>
+      <c r="J12" s="48"/>
+      <c r="K12" s="48"/>
+      <c r="L12" s="48"/>
+      <c r="M12" s="48"/>
+      <c r="N12" s="48"/>
+      <c r="O12" s="48"/>
+      <c r="P12" s="48"/>
+      <c r="Q12" s="48"/>
+      <c r="R12" s="48"/>
+      <c r="S12" s="48"/>
+      <c r="T12" s="48"/>
+      <c r="U12" s="48"/>
+      <c r="V12" s="48"/>
+      <c r="W12" s="48"/>
+      <c r="X12" s="48"/>
+      <c r="Y12" s="48"/>
+      <c r="Z12" s="48"/>
+      <c r="AA12" s="48"/>
+      <c r="AB12" s="48"/>
+      <c r="AC12" s="48"/>
+      <c r="AD12" s="48"/>
+      <c r="AE12" s="48"/>
+      <c r="AF12" s="48"/>
+      <c r="AG12" s="48"/>
+      <c r="AH12" s="48"/>
+      <c r="AI12" s="48"/>
+      <c r="AJ12" s="48"/>
+      <c r="AK12" s="48"/>
+      <c r="AL12" s="48"/>
+      <c r="AM12" s="48"/>
+      <c r="AN12" s="48"/>
+      <c r="AO12" s="48"/>
+      <c r="AP12" s="48"/>
+      <c r="AQ12" s="48"/>
+    </row>
+    <row r="14" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="E14" s="33" t="s">
         <v>8</v>
       </c>
-      <c r="F14" s="37"/>
-[...37 lines deleted...]
-    <row r="15" spans="2:42" x14ac:dyDescent="0.35">
+      <c r="F14" s="34"/>
+      <c r="G14" s="34"/>
+      <c r="H14" s="34"/>
+      <c r="I14" s="34"/>
+      <c r="J14" s="34"/>
+      <c r="K14" s="34"/>
+      <c r="L14" s="34"/>
+      <c r="M14" s="34"/>
+      <c r="N14" s="34"/>
+      <c r="O14" s="34"/>
+      <c r="P14" s="34"/>
+      <c r="Q14" s="34"/>
+      <c r="R14" s="34"/>
+      <c r="S14" s="34"/>
+      <c r="T14" s="34"/>
+      <c r="U14" s="34"/>
+      <c r="V14" s="34"/>
+      <c r="W14" s="34"/>
+      <c r="X14" s="34"/>
+      <c r="Y14" s="34"/>
+      <c r="Z14" s="34"/>
+      <c r="AA14" s="34"/>
+      <c r="AB14" s="34"/>
+      <c r="AC14" s="34"/>
+      <c r="AD14" s="34"/>
+      <c r="AE14" s="34"/>
+      <c r="AF14" s="34"/>
+      <c r="AG14" s="34"/>
+      <c r="AH14" s="34"/>
+      <c r="AI14" s="34"/>
+      <c r="AJ14" s="34"/>
+      <c r="AK14" s="34"/>
+      <c r="AL14" s="34"/>
+      <c r="AM14" s="34"/>
+      <c r="AN14" s="34"/>
+      <c r="AO14" s="34"/>
+      <c r="AP14" s="34"/>
+      <c r="AQ14" s="35"/>
+    </row>
+    <row r="15" spans="2:43" x14ac:dyDescent="0.35">
       <c r="B15" s="11"/>
-      <c r="C15" s="39" t="s">
+      <c r="C15" s="30" t="s">
         <v>6</v>
       </c>
-      <c r="D15" s="40"/>
+      <c r="D15" s="31"/>
       <c r="E15" s="8">
         <v>42866</v>
       </c>
       <c r="F15" s="8">
         <v>42917</v>
       </c>
       <c r="G15" s="8">
         <v>43009</v>
       </c>
       <c r="H15" s="8">
         <v>43101</v>
       </c>
       <c r="I15" s="8">
         <v>43191</v>
       </c>
       <c r="J15" s="8">
         <v>43282</v>
       </c>
       <c r="K15" s="8">
         <v>43374</v>
       </c>
       <c r="L15" s="8">
         <v>43466</v>
       </c>
       <c r="M15" s="8">
@@ -2355,60 +2376,63 @@
       </c>
       <c r="AF15" s="18">
         <v>45292</v>
       </c>
       <c r="AG15" s="18">
         <v>45383</v>
       </c>
       <c r="AH15" s="18">
         <v>45474</v>
       </c>
       <c r="AI15" s="18">
         <v>45566</v>
       </c>
       <c r="AJ15" s="18">
         <v>45658</v>
       </c>
       <c r="AK15" s="18">
         <v>45748</v>
       </c>
       <c r="AL15" s="18">
         <v>45839</v>
       </c>
       <c r="AM15" s="18">
         <v>45931</v>
       </c>
-      <c r="AN15" s="18"/>
+      <c r="AN15" s="18">
+        <v>46023</v>
+      </c>
       <c r="AO15" s="18"/>
-      <c r="AP15" s="9"/>
-[...1 lines deleted...]
-    <row r="16" spans="2:42" x14ac:dyDescent="0.35">
+      <c r="AP15" s="18"/>
+      <c r="AQ15" s="9"/>
+    </row>
+    <row r="16" spans="2:43" x14ac:dyDescent="0.35">
       <c r="B16" s="12"/>
-      <c r="C16" s="41" t="s">
+      <c r="C16" s="36" t="s">
         <v>7</v>
       </c>
-      <c r="D16" s="42"/>
+      <c r="D16" s="37"/>
       <c r="E16" s="19">
         <v>42916</v>
       </c>
       <c r="F16" s="19">
         <v>43008</v>
       </c>
       <c r="G16" s="19">
         <v>43100</v>
       </c>
       <c r="H16" s="19">
         <v>43190</v>
       </c>
       <c r="I16" s="19">
         <v>43281</v>
       </c>
       <c r="J16" s="19">
         <v>43373</v>
       </c>
       <c r="K16" s="19">
         <v>43465</v>
       </c>
       <c r="L16" s="19">
         <v>43555</v>
       </c>
       <c r="M16" s="19">
@@ -2470,62 +2494,65 @@
       </c>
       <c r="AF16" s="19">
         <v>45382</v>
       </c>
       <c r="AG16" s="19">
         <v>45473</v>
       </c>
       <c r="AH16" s="19">
         <v>45565</v>
       </c>
       <c r="AI16" s="19">
         <v>45657</v>
       </c>
       <c r="AJ16" s="19">
         <v>45747</v>
       </c>
       <c r="AK16" s="19">
         <v>45838</v>
       </c>
       <c r="AL16" s="19">
         <v>45930</v>
       </c>
       <c r="AM16" s="19">
         <v>46022</v>
       </c>
-      <c r="AN16" s="19"/>
+      <c r="AN16" s="19">
+        <v>46112</v>
+      </c>
       <c r="AO16" s="19"/>
-      <c r="AP16" s="10" t="s">
+      <c r="AP16" s="19"/>
+      <c r="AQ16" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="17" spans="2:42" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B17" s="43" t="s">
+    <row r="17" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B17" s="38" t="s">
         <v>9</v>
       </c>
-      <c r="C17" s="44"/>
-      <c r="D17" s="45"/>
+      <c r="C17" s="39"/>
+      <c r="D17" s="40"/>
       <c r="E17" s="7">
         <v>0</v>
       </c>
       <c r="F17" s="7">
         <v>0</v>
       </c>
       <c r="G17" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="H17" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="I17" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="J17" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="K17" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="L17" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="M17" s="15">
@@ -2587,107 +2614,111 @@
       </c>
       <c r="AF17" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="AG17" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="AH17" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="AI17" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="AJ17" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="AK17" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="AL17" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="AM17" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
-      <c r="AN17" s="15"/>
+      <c r="AN17" s="15">
+        <v>5.0000000000000001E-3</v>
+      </c>
       <c r="AO17" s="15"/>
       <c r="AP17" s="15"/>
-    </row>
-[...1 lines deleted...]
-      <c r="B18" s="46" t="s">
+      <c r="AQ17" s="15"/>
+    </row>
+    <row r="18" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B18" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="C18" s="47"/>
-[...41 lines deleted...]
-      <c r="B19" s="30" t="s">
+      <c r="C18" s="42"/>
+      <c r="D18" s="42"/>
+      <c r="E18" s="42"/>
+      <c r="F18" s="42"/>
+      <c r="G18" s="42"/>
+      <c r="H18" s="42"/>
+      <c r="I18" s="42"/>
+      <c r="J18" s="42"/>
+      <c r="K18" s="42"/>
+      <c r="L18" s="42"/>
+      <c r="M18" s="42"/>
+      <c r="N18" s="42"/>
+      <c r="O18" s="42"/>
+      <c r="P18" s="42"/>
+      <c r="Q18" s="42"/>
+      <c r="R18" s="42"/>
+      <c r="S18" s="42"/>
+      <c r="T18" s="42"/>
+      <c r="U18" s="42"/>
+      <c r="V18" s="42"/>
+      <c r="W18" s="42"/>
+      <c r="X18" s="42"/>
+      <c r="Y18" s="42"/>
+      <c r="Z18" s="42"/>
+      <c r="AA18" s="42"/>
+      <c r="AB18" s="42"/>
+      <c r="AC18" s="42"/>
+      <c r="AD18" s="42"/>
+      <c r="AE18" s="42"/>
+      <c r="AF18" s="42"/>
+      <c r="AG18" s="42"/>
+      <c r="AH18" s="42"/>
+      <c r="AI18" s="42"/>
+      <c r="AJ18" s="42"/>
+      <c r="AK18" s="42"/>
+      <c r="AL18" s="42"/>
+      <c r="AM18" s="42"/>
+      <c r="AN18" s="42"/>
+      <c r="AO18" s="42"/>
+      <c r="AP18" s="42"/>
+      <c r="AQ18" s="43"/>
+    </row>
+    <row r="19" spans="2:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B19" s="44" t="s">
         <v>18</v>
       </c>
-      <c r="C19" s="49" t="s">
+      <c r="C19" s="46" t="s">
         <v>21</v>
       </c>
-      <c r="D19" s="50"/>
+      <c r="D19" s="47"/>
       <c r="E19" s="16">
         <v>175.4</v>
       </c>
       <c r="F19" s="16">
         <v>175.4</v>
       </c>
       <c r="G19" s="16">
         <v>174.52</v>
       </c>
       <c r="H19" s="16">
         <v>173.65</v>
       </c>
       <c r="I19" s="16">
         <v>172.78</v>
       </c>
       <c r="J19" s="16">
         <v>171.92</v>
       </c>
       <c r="K19" s="16">
         <v>171.06</v>
       </c>
       <c r="L19" s="16">
         <v>170.2</v>
       </c>
       <c r="M19" s="16">
@@ -2749,60 +2780,63 @@
       </c>
       <c r="AF19" s="16">
         <v>153.97</v>
       </c>
       <c r="AG19" s="16">
         <v>153.19999999999999</v>
       </c>
       <c r="AH19" s="16">
         <v>152.434</v>
       </c>
       <c r="AI19" s="16">
         <v>151.66999999999999</v>
       </c>
       <c r="AJ19" s="16">
         <v>150.91</v>
       </c>
       <c r="AK19" s="16">
         <v>150.16</v>
       </c>
       <c r="AL19" s="16">
         <v>149.41</v>
       </c>
       <c r="AM19" s="16">
         <v>148.66</v>
       </c>
-      <c r="AN19" s="16"/>
+      <c r="AN19" s="16">
+        <v>147.91999999999999</v>
+      </c>
       <c r="AO19" s="16"/>
       <c r="AP19" s="16"/>
-    </row>
-[...2 lines deleted...]
-      <c r="C20" s="49" t="s">
+      <c r="AQ19" s="16"/>
+    </row>
+    <row r="20" spans="2:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B20" s="49"/>
+      <c r="C20" s="46" t="s">
         <v>20</v>
       </c>
-      <c r="D20" s="50"/>
+      <c r="D20" s="47"/>
       <c r="E20" s="16">
         <v>141.80000000000001</v>
       </c>
       <c r="F20" s="16">
         <v>141.80000000000001</v>
       </c>
       <c r="G20" s="16">
         <v>141.09</v>
       </c>
       <c r="H20" s="16">
         <v>140.38999999999999</v>
       </c>
       <c r="I20" s="16">
         <v>139.68</v>
       </c>
       <c r="J20" s="16">
         <v>138.99</v>
       </c>
       <c r="K20" s="16">
         <v>138.29</v>
       </c>
       <c r="L20" s="16">
         <v>137.6</v>
       </c>
       <c r="M20" s="16">
@@ -2864,60 +2898,63 @@
       </c>
       <c r="AF20" s="16">
         <v>124.47</v>
       </c>
       <c r="AG20" s="16">
         <v>123.85</v>
       </c>
       <c r="AH20" s="16">
         <v>123.23075</v>
       </c>
       <c r="AI20" s="16">
         <v>122.62</v>
       </c>
       <c r="AJ20" s="16">
         <v>122</v>
       </c>
       <c r="AK20" s="16">
         <v>121.39</v>
       </c>
       <c r="AL20" s="16">
         <v>120.79</v>
       </c>
       <c r="AM20" s="16">
         <v>120.18</v>
       </c>
-      <c r="AN20" s="16"/>
+      <c r="AN20" s="16">
+        <v>119.58</v>
+      </c>
       <c r="AO20" s="16"/>
       <c r="AP20" s="16"/>
-    </row>
-[...2 lines deleted...]
-      <c r="C21" s="49" t="s">
+      <c r="AQ20" s="16"/>
+    </row>
+    <row r="21" spans="2:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B21" s="45"/>
+      <c r="C21" s="46" t="s">
         <v>22</v>
       </c>
-      <c r="D21" s="50"/>
+      <c r="D21" s="47"/>
       <c r="E21" s="16">
         <v>70.900000000000006</v>
       </c>
       <c r="F21" s="16">
         <v>70.900000000000006</v>
       </c>
       <c r="G21" s="16">
         <v>70.55</v>
       </c>
       <c r="H21" s="16">
         <v>70.19</v>
       </c>
       <c r="I21" s="16">
         <v>69.84</v>
       </c>
       <c r="J21" s="16">
         <v>69.489999999999995</v>
       </c>
       <c r="K21" s="16">
         <v>69.150000000000006</v>
       </c>
       <c r="L21" s="16">
         <v>68.8</v>
       </c>
       <c r="M21" s="16">
@@ -2979,190 +3016,196 @@
       </c>
       <c r="AF21" s="16">
         <v>62.24</v>
       </c>
       <c r="AG21" s="16">
         <v>61.93</v>
       </c>
       <c r="AH21" s="16">
         <v>61.620350000000002</v>
       </c>
       <c r="AI21" s="16">
         <v>61.31</v>
       </c>
       <c r="AJ21" s="16">
         <v>61</v>
       </c>
       <c r="AK21" s="16">
         <v>60.7</v>
       </c>
       <c r="AL21" s="16">
         <v>60.39</v>
       </c>
       <c r="AM21" s="16">
         <v>60.09</v>
       </c>
-      <c r="AN21" s="16"/>
+      <c r="AN21" s="16">
+        <v>59.79</v>
+      </c>
       <c r="AO21" s="16"/>
       <c r="AP21" s="16"/>
-    </row>
-    <row r="22" spans="2:42" ht="15.6" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="AQ21" s="16"/>
+    </row>
+    <row r="22" spans="2:43" ht="15.6" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B22" s="17"/>
       <c r="C22" s="17"/>
       <c r="D22" s="17"/>
       <c r="E22" s="17"/>
       <c r="F22" s="17"/>
       <c r="G22" s="17"/>
       <c r="H22" s="17"/>
       <c r="I22" s="17"/>
       <c r="J22" s="17"/>
       <c r="K22" s="17"/>
       <c r="L22" s="17"/>
       <c r="M22" s="17"/>
       <c r="N22" s="17"/>
       <c r="O22" s="17"/>
       <c r="P22" s="17"/>
       <c r="Q22" s="17"/>
       <c r="R22" s="17"/>
       <c r="S22" s="17"/>
       <c r="T22" s="17"/>
       <c r="U22" s="17"/>
       <c r="V22" s="17"/>
       <c r="W22" s="17"/>
       <c r="X22" s="17"/>
       <c r="Y22" s="17"/>
       <c r="Z22" s="17"/>
       <c r="AA22" s="17"/>
       <c r="AB22" s="17"/>
       <c r="AC22" s="17"/>
       <c r="AD22" s="17"/>
       <c r="AE22" s="17"/>
       <c r="AF22" s="17"/>
       <c r="AG22" s="17"/>
       <c r="AH22" s="17"/>
       <c r="AI22" s="17"/>
       <c r="AJ22" s="17"/>
       <c r="AK22" s="17"/>
       <c r="AL22" s="17"/>
       <c r="AM22" s="17"/>
       <c r="AN22" s="17"/>
       <c r="AO22" s="17"/>
       <c r="AP22" s="17"/>
-    </row>
-[...1 lines deleted...]
-      <c r="B23" s="35" t="s">
+      <c r="AQ22" s="17"/>
+    </row>
+    <row r="23" spans="2:43" ht="36.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B23" s="48" t="s">
         <v>28</v>
       </c>
-      <c r="C23" s="35"/>
-[...41 lines deleted...]
-      <c r="E25" s="36" t="s">
+      <c r="C23" s="48"/>
+      <c r="D23" s="48"/>
+      <c r="E23" s="48"/>
+      <c r="F23" s="48"/>
+      <c r="G23" s="48"/>
+      <c r="H23" s="48"/>
+      <c r="I23" s="48"/>
+      <c r="J23" s="48"/>
+      <c r="K23" s="48"/>
+      <c r="L23" s="48"/>
+      <c r="M23" s="48"/>
+      <c r="N23" s="48"/>
+      <c r="O23" s="48"/>
+      <c r="P23" s="48"/>
+      <c r="Q23" s="48"/>
+      <c r="R23" s="48"/>
+      <c r="S23" s="48"/>
+      <c r="T23" s="48"/>
+      <c r="U23" s="48"/>
+      <c r="V23" s="48"/>
+      <c r="W23" s="48"/>
+      <c r="X23" s="48"/>
+      <c r="Y23" s="48"/>
+      <c r="Z23" s="48"/>
+      <c r="AA23" s="48"/>
+      <c r="AB23" s="48"/>
+      <c r="AC23" s="48"/>
+      <c r="AD23" s="48"/>
+      <c r="AE23" s="48"/>
+      <c r="AF23" s="48"/>
+      <c r="AG23" s="48"/>
+      <c r="AH23" s="48"/>
+      <c r="AI23" s="48"/>
+      <c r="AJ23" s="48"/>
+      <c r="AK23" s="48"/>
+      <c r="AL23" s="48"/>
+      <c r="AM23" s="48"/>
+      <c r="AN23" s="48"/>
+      <c r="AO23" s="48"/>
+      <c r="AP23" s="48"/>
+      <c r="AQ23" s="48"/>
+    </row>
+    <row r="25" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="E25" s="33" t="s">
         <v>8</v>
       </c>
-      <c r="F25" s="37"/>
-[...37 lines deleted...]
-    <row r="26" spans="2:42" x14ac:dyDescent="0.35">
+      <c r="F25" s="34"/>
+      <c r="G25" s="34"/>
+      <c r="H25" s="34"/>
+      <c r="I25" s="34"/>
+      <c r="J25" s="34"/>
+      <c r="K25" s="34"/>
+      <c r="L25" s="34"/>
+      <c r="M25" s="34"/>
+      <c r="N25" s="34"/>
+      <c r="O25" s="34"/>
+      <c r="P25" s="34"/>
+      <c r="Q25" s="34"/>
+      <c r="R25" s="34"/>
+      <c r="S25" s="34"/>
+      <c r="T25" s="34"/>
+      <c r="U25" s="34"/>
+      <c r="V25" s="34"/>
+      <c r="W25" s="34"/>
+      <c r="X25" s="34"/>
+      <c r="Y25" s="34"/>
+      <c r="Z25" s="34"/>
+      <c r="AA25" s="34"/>
+      <c r="AB25" s="34"/>
+      <c r="AC25" s="34"/>
+      <c r="AD25" s="34"/>
+      <c r="AE25" s="34"/>
+      <c r="AF25" s="34"/>
+      <c r="AG25" s="34"/>
+      <c r="AH25" s="34"/>
+      <c r="AI25" s="34"/>
+      <c r="AJ25" s="34"/>
+      <c r="AK25" s="34"/>
+      <c r="AL25" s="34"/>
+      <c r="AM25" s="34"/>
+      <c r="AN25" s="34"/>
+      <c r="AO25" s="34"/>
+      <c r="AP25" s="34"/>
+      <c r="AQ25" s="35"/>
+    </row>
+    <row r="26" spans="2:43" x14ac:dyDescent="0.35">
       <c r="B26" s="11"/>
-      <c r="C26" s="39" t="s">
+      <c r="C26" s="30" t="s">
         <v>6</v>
       </c>
-      <c r="D26" s="40"/>
+      <c r="D26" s="31"/>
       <c r="E26" s="8">
         <v>43712</v>
       </c>
       <c r="F26" s="8">
         <v>43739</v>
       </c>
       <c r="G26" s="8">
         <v>43831</v>
       </c>
       <c r="H26" s="8">
         <v>43922</v>
       </c>
       <c r="I26" s="8">
         <v>44013</v>
       </c>
       <c r="J26" s="8">
         <v>44105</v>
       </c>
       <c r="K26" s="8">
         <v>44197</v>
       </c>
       <c r="L26" s="8">
         <v>44287</v>
       </c>
       <c r="M26" s="8">
@@ -3197,69 +3240,72 @@
       </c>
       <c r="W26" s="18">
         <v>45292</v>
       </c>
       <c r="X26" s="18">
         <v>45383</v>
       </c>
       <c r="Y26" s="18">
         <v>45474</v>
       </c>
       <c r="Z26" s="18">
         <v>45566</v>
       </c>
       <c r="AA26" s="18">
         <v>45658</v>
       </c>
       <c r="AB26" s="18">
         <v>45748</v>
       </c>
       <c r="AC26" s="18">
         <v>45839</v>
       </c>
       <c r="AD26" s="18">
         <v>45931</v>
       </c>
-      <c r="AE26" s="18"/>
+      <c r="AE26" s="18">
+        <v>46023</v>
+      </c>
       <c r="AF26" s="18"/>
       <c r="AG26" s="18"/>
       <c r="AH26" s="18"/>
       <c r="AI26" s="18"/>
       <c r="AJ26" s="18"/>
       <c r="AK26" s="18"/>
       <c r="AL26" s="18"/>
       <c r="AM26" s="18"/>
       <c r="AN26" s="18"/>
       <c r="AO26" s="18"/>
-      <c r="AP26" s="9"/>
-[...1 lines deleted...]
-    <row r="27" spans="2:42" x14ac:dyDescent="0.35">
+      <c r="AP26" s="18"/>
+      <c r="AQ26" s="9"/>
+    </row>
+    <row r="27" spans="2:43" x14ac:dyDescent="0.35">
       <c r="B27" s="12"/>
-      <c r="C27" s="41" t="s">
+      <c r="C27" s="36" t="s">
         <v>7</v>
       </c>
-      <c r="D27" s="42"/>
+      <c r="D27" s="37"/>
       <c r="E27" s="19">
         <v>43738</v>
       </c>
       <c r="F27" s="19">
         <v>43830</v>
       </c>
       <c r="G27" s="19">
         <v>43921</v>
       </c>
       <c r="H27" s="19">
         <v>44012</v>
       </c>
       <c r="I27" s="19">
         <v>44104</v>
       </c>
       <c r="J27" s="19">
         <v>44196</v>
       </c>
       <c r="K27" s="19">
         <v>44286</v>
       </c>
       <c r="L27" s="19">
         <v>44377</v>
       </c>
       <c r="M27" s="19">
@@ -3294,71 +3340,74 @@
       </c>
       <c r="W27" s="19">
         <v>45382</v>
       </c>
       <c r="X27" s="19">
         <v>45473</v>
       </c>
       <c r="Y27" s="19">
         <v>45565</v>
       </c>
       <c r="Z27" s="19">
         <v>45657</v>
       </c>
       <c r="AA27" s="19">
         <v>45747</v>
       </c>
       <c r="AB27" s="19">
         <v>45838</v>
       </c>
       <c r="AC27" s="19">
         <v>45930</v>
       </c>
       <c r="AD27" s="19">
         <v>46022</v>
       </c>
-      <c r="AE27" s="19"/>
+      <c r="AE27" s="19">
+        <v>46112</v>
+      </c>
       <c r="AF27" s="19"/>
       <c r="AG27" s="19"/>
       <c r="AH27" s="19"/>
       <c r="AI27" s="19"/>
       <c r="AJ27" s="19"/>
       <c r="AK27" s="19"/>
       <c r="AL27" s="19"/>
       <c r="AM27" s="19"/>
       <c r="AN27" s="19"/>
       <c r="AO27" s="19"/>
-      <c r="AP27" s="10" t="s">
+      <c r="AP27" s="19"/>
+      <c r="AQ27" s="10" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="28" spans="2:42" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B28" s="43" t="s">
+    <row r="28" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B28" s="38" t="s">
         <v>9</v>
       </c>
-      <c r="C28" s="44"/>
-      <c r="D28" s="45"/>
+      <c r="C28" s="39"/>
+      <c r="D28" s="40"/>
       <c r="E28" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="F28" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="G28" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="H28" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="I28" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="J28" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="K28" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="L28" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="M28" s="15">
@@ -3393,113 +3442,117 @@
       </c>
       <c r="W28" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="X28" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="Y28" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="Z28" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="AA28" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="AB28" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="AC28" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="AD28" s="15">
         <v>5.0000000000000001E-3</v>
       </c>
-      <c r="AE28" s="15"/>
+      <c r="AE28" s="15">
+        <v>5.0000000000000001E-3</v>
+      </c>
       <c r="AF28" s="15"/>
       <c r="AG28" s="15"/>
       <c r="AH28" s="15"/>
       <c r="AI28" s="15"/>
       <c r="AJ28" s="15"/>
       <c r="AK28" s="15"/>
       <c r="AL28" s="15"/>
       <c r="AM28" s="15"/>
       <c r="AN28" s="15"/>
       <c r="AO28" s="15"/>
       <c r="AP28" s="15"/>
-    </row>
-[...1 lines deleted...]
-      <c r="B29" s="46" t="s">
+      <c r="AQ28" s="15"/>
+    </row>
+    <row r="29" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B29" s="41" t="s">
         <v>10</v>
       </c>
-      <c r="C29" s="47"/>
-[...41 lines deleted...]
-      <c r="B30" s="30" t="s">
+      <c r="C29" s="42"/>
+      <c r="D29" s="42"/>
+      <c r="E29" s="42"/>
+      <c r="F29" s="42"/>
+      <c r="G29" s="42"/>
+      <c r="H29" s="42"/>
+      <c r="I29" s="42"/>
+      <c r="J29" s="42"/>
+      <c r="K29" s="42"/>
+      <c r="L29" s="42"/>
+      <c r="M29" s="42"/>
+      <c r="N29" s="42"/>
+      <c r="O29" s="42"/>
+      <c r="P29" s="42"/>
+      <c r="Q29" s="42"/>
+      <c r="R29" s="42"/>
+      <c r="S29" s="42"/>
+      <c r="T29" s="42"/>
+      <c r="U29" s="42"/>
+      <c r="V29" s="42"/>
+      <c r="W29" s="42"/>
+      <c r="X29" s="42"/>
+      <c r="Y29" s="42"/>
+      <c r="Z29" s="42"/>
+      <c r="AA29" s="42"/>
+      <c r="AB29" s="42"/>
+      <c r="AC29" s="42"/>
+      <c r="AD29" s="42"/>
+      <c r="AE29" s="42"/>
+      <c r="AF29" s="42"/>
+      <c r="AG29" s="42"/>
+      <c r="AH29" s="42"/>
+      <c r="AI29" s="42"/>
+      <c r="AJ29" s="42"/>
+      <c r="AK29" s="42"/>
+      <c r="AL29" s="42"/>
+      <c r="AM29" s="42"/>
+      <c r="AN29" s="42"/>
+      <c r="AO29" s="42"/>
+      <c r="AP29" s="42"/>
+      <c r="AQ29" s="43"/>
+    </row>
+    <row r="30" spans="2:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B30" s="44" t="s">
         <v>18</v>
       </c>
-      <c r="C30" s="33" t="s">
+      <c r="C30" s="50" t="s">
         <v>24</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>25</v>
       </c>
       <c r="E30" s="16">
         <v>138.9</v>
       </c>
       <c r="F30" s="16">
         <v>138.21</v>
       </c>
       <c r="G30" s="16">
         <v>137.51</v>
       </c>
       <c r="H30" s="16">
         <v>136.83000000000001</v>
       </c>
       <c r="I30" s="16">
         <v>136.13999999999999</v>
       </c>
       <c r="J30" s="16">
         <v>135.46</v>
       </c>
       <c r="K30" s="16">
         <v>134.78</v>
@@ -3539,66 +3592,69 @@
       </c>
       <c r="W30" s="16">
         <v>126.92</v>
       </c>
       <c r="X30" s="16">
         <v>126.28</v>
       </c>
       <c r="Y30" s="16">
         <v>125.65</v>
       </c>
       <c r="Z30" s="16">
         <v>125.02</v>
       </c>
       <c r="AA30" s="16">
         <v>124.4</v>
       </c>
       <c r="AB30" s="16">
         <v>123.78</v>
       </c>
       <c r="AC30" s="16">
         <v>123.16</v>
       </c>
       <c r="AD30" s="16">
         <v>122.54</v>
       </c>
-      <c r="AE30" s="16"/>
+      <c r="AE30" s="16">
+        <v>121.93</v>
+      </c>
       <c r="AF30" s="16"/>
       <c r="AG30" s="16"/>
       <c r="AH30" s="16"/>
       <c r="AI30" s="16"/>
       <c r="AJ30" s="16"/>
       <c r="AK30" s="16"/>
       <c r="AL30" s="16"/>
       <c r="AM30" s="16"/>
       <c r="AN30" s="16"/>
       <c r="AO30" s="16"/>
       <c r="AP30" s="16"/>
-    </row>
-[...2 lines deleted...]
-      <c r="C31" s="34"/>
+      <c r="AQ30" s="16"/>
+    </row>
+    <row r="31" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B31" s="49"/>
+      <c r="C31" s="51"/>
       <c r="D31" s="6" t="s">
         <v>26</v>
       </c>
       <c r="E31" s="16">
         <v>96.1</v>
       </c>
       <c r="F31" s="16">
         <v>95.62</v>
       </c>
       <c r="G31" s="16">
         <v>95.14</v>
       </c>
       <c r="H31" s="16">
         <v>94.67</v>
       </c>
       <c r="I31" s="16">
         <v>94.19</v>
       </c>
       <c r="J31" s="16">
         <v>93.72</v>
       </c>
       <c r="K31" s="16">
         <v>93.25</v>
       </c>
       <c r="L31" s="16">
@@ -3636,66 +3692,69 @@
       </c>
       <c r="W31" s="16">
         <v>87.81</v>
       </c>
       <c r="X31" s="16">
         <v>87.37</v>
       </c>
       <c r="Y31" s="16">
         <v>86.93</v>
       </c>
       <c r="Z31" s="16">
         <v>86.5</v>
       </c>
       <c r="AA31" s="16">
         <v>86.07</v>
       </c>
       <c r="AB31" s="16">
         <v>85.64</v>
       </c>
       <c r="AC31" s="16">
         <v>85.21</v>
       </c>
       <c r="AD31" s="16">
         <v>84.78</v>
       </c>
-      <c r="AE31" s="16"/>
+      <c r="AE31" s="16">
+        <v>84.36</v>
+      </c>
       <c r="AF31" s="16"/>
       <c r="AG31" s="16"/>
       <c r="AH31" s="16"/>
       <c r="AI31" s="16"/>
       <c r="AJ31" s="16"/>
       <c r="AK31" s="16"/>
       <c r="AL31" s="16"/>
       <c r="AM31" s="16"/>
       <c r="AN31" s="16"/>
       <c r="AO31" s="16"/>
       <c r="AP31" s="16"/>
-    </row>
-[...2 lines deleted...]
-      <c r="C32" s="33" t="s">
+      <c r="AQ31" s="16"/>
+    </row>
+    <row r="32" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B32" s="49"/>
+      <c r="C32" s="50" t="s">
         <v>27</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>25</v>
       </c>
       <c r="E32" s="16">
         <v>103.7</v>
       </c>
       <c r="F32" s="16">
         <v>103.18</v>
       </c>
       <c r="G32" s="16">
         <v>102.67</v>
       </c>
       <c r="H32" s="16">
         <v>102.15</v>
       </c>
       <c r="I32" s="16">
         <v>101.64</v>
       </c>
       <c r="J32" s="16">
         <v>101.13</v>
       </c>
       <c r="K32" s="16">
         <v>100.63</v>
@@ -3735,66 +3794,69 @@
       </c>
       <c r="W32" s="16">
         <v>94.75</v>
       </c>
       <c r="X32" s="16">
         <v>94.28</v>
       </c>
       <c r="Y32" s="16">
         <v>93.8</v>
       </c>
       <c r="Z32" s="16">
         <v>93.34</v>
       </c>
       <c r="AA32" s="16">
         <v>92.87</v>
       </c>
       <c r="AB32" s="16">
         <v>92.41</v>
       </c>
       <c r="AC32" s="16">
         <v>91.95</v>
       </c>
       <c r="AD32" s="16">
         <v>91.49</v>
       </c>
-      <c r="AE32" s="16"/>
+      <c r="AE32" s="16">
+        <v>91.03</v>
+      </c>
       <c r="AF32" s="16"/>
       <c r="AG32" s="16"/>
       <c r="AH32" s="16"/>
       <c r="AI32" s="16"/>
       <c r="AJ32" s="16"/>
       <c r="AK32" s="16"/>
       <c r="AL32" s="16"/>
       <c r="AM32" s="16"/>
       <c r="AN32" s="16"/>
       <c r="AO32" s="16"/>
       <c r="AP32" s="16"/>
-    </row>
-[...2 lines deleted...]
-      <c r="C33" s="34"/>
+      <c r="AQ32" s="16"/>
+    </row>
+    <row r="33" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B33" s="45"/>
+      <c r="C33" s="51"/>
       <c r="D33" s="6" t="s">
         <v>26</v>
       </c>
       <c r="E33" s="16">
         <v>76.099999999999994</v>
       </c>
       <c r="F33" s="16">
         <v>75.72</v>
       </c>
       <c r="G33" s="16">
         <v>75.34</v>
       </c>
       <c r="H33" s="16">
         <v>74.959999999999994</v>
       </c>
       <c r="I33" s="16">
         <v>74.59</v>
       </c>
       <c r="J33" s="16">
         <v>74.22</v>
       </c>
       <c r="K33" s="16">
         <v>73.849999999999994</v>
       </c>
       <c r="L33" s="16">
@@ -3832,93 +3894,96 @@
       </c>
       <c r="W33" s="16">
         <v>69.53</v>
       </c>
       <c r="X33" s="16">
         <v>69.19</v>
       </c>
       <c r="Y33" s="16">
         <v>68.84</v>
       </c>
       <c r="Z33" s="16">
         <v>68.5</v>
       </c>
       <c r="AA33" s="16">
         <v>68.150000000000006</v>
       </c>
       <c r="AB33" s="16">
         <v>67.81</v>
       </c>
       <c r="AC33" s="16">
         <v>67.47</v>
       </c>
       <c r="AD33" s="16">
         <v>67.14</v>
       </c>
-      <c r="AE33" s="16"/>
+      <c r="AE33" s="16">
+        <v>66.8</v>
+      </c>
       <c r="AF33" s="16"/>
       <c r="AG33" s="16"/>
       <c r="AH33" s="16"/>
       <c r="AI33" s="16"/>
       <c r="AJ33" s="16"/>
       <c r="AK33" s="16"/>
       <c r="AL33" s="16"/>
       <c r="AM33" s="16"/>
       <c r="AN33" s="16"/>
       <c r="AO33" s="16"/>
       <c r="AP33" s="16"/>
+      <c r="AQ33" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="28">
-    <mergeCell ref="C15:D15"/>
-[...10 lines deleted...]
-    <mergeCell ref="E14:AP14"/>
+    <mergeCell ref="B30:B33"/>
+    <mergeCell ref="C30:C31"/>
+    <mergeCell ref="C32:C33"/>
+    <mergeCell ref="B23:AQ23"/>
+    <mergeCell ref="E25:AQ25"/>
+    <mergeCell ref="C26:D26"/>
+    <mergeCell ref="C27:D27"/>
+    <mergeCell ref="B28:D28"/>
+    <mergeCell ref="B29:AQ29"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="B17:D17"/>
-    <mergeCell ref="B18:AP18"/>
+    <mergeCell ref="B18:AQ18"/>
     <mergeCell ref="B19:B21"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="C21:D21"/>
-    <mergeCell ref="B30:B33"/>
-[...7 lines deleted...]
-    <mergeCell ref="B29:AP29"/>
+    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="B2:AQ2"/>
+    <mergeCell ref="E4:AQ4"/>
+    <mergeCell ref="C5:D5"/>
+    <mergeCell ref="C6:D6"/>
+    <mergeCell ref="B7:D7"/>
+    <mergeCell ref="B8:AQ8"/>
+    <mergeCell ref="B9:B10"/>
+    <mergeCell ref="C9:D9"/>
+    <mergeCell ref="C10:D10"/>
+    <mergeCell ref="B12:AQ12"/>
+    <mergeCell ref="E14:AQ14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>