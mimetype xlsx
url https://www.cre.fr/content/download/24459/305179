--- v1 (2026-01-18)
+++ v2 (2026-03-01)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\SECURE-DDM\DSE\2 - EnR Filières\07 - Biogaz &amp; Biométhane\01 - Tarifs d'achat\000 - Coefficients BG16, BGS17 et BGI19\32 - Trimestre T1 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0890F2AA-6029-460F-8BFB-DA90F7E58003}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A632A996-0B75-4216-9649-0BEDC025EF88}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="14460" yWindow="-18000" windowWidth="14610" windowHeight="17385" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1995" yWindow="-18900" windowWidth="23250" windowHeight="12450" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Présentation" sheetId="12" r:id="rId1"/>
     <sheet name="Bilan à publier" sheetId="16" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="Print_Area" localSheetId="0">Présentation!$A$2:$I$31</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="28">
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Acronymes utilisés</t>
   </si>
   <si>
     <t>Avertissement</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>opendata@cre.fr</t>
   </si>
   <si>
     <t>Arrêté tarifaire du 9 mai 2017</t>
   </si>
   <si>
     <t>entre le…</t>
   </si>
   <si>
     <t>et le…</t>
   </si>
   <si>
@@ -94,109 +94,119 @@
   <si>
     <t>Révision trimestrielle des paramètres des arrêtés Biogaz</t>
   </si>
   <si>
     <t>Pmax</t>
   </si>
   <si>
     <t>BG16</t>
   </si>
   <si>
     <t>BGS17</t>
   </si>
   <si>
     <t>Arrêté tarifaire du 13 décembre 2016</t>
   </si>
   <si>
     <t>Tarifs d'achat de base.</t>
   </si>
   <si>
     <t>Puissance maximale de l'installation.</t>
   </si>
   <si>
     <t>TDCC</t>
   </si>
   <si>
-    <t>Pmax ≤ 0,08</t>
-[...1 lines deleted...]
-  <si>
     <t>Pmax = 0,5</t>
   </si>
   <si>
     <t>Pmax ≤ 0,2</t>
   </si>
   <si>
     <t>Pmax ≥ 1</t>
   </si>
   <si>
     <t>Etc…</t>
   </si>
   <si>
-    <t>Installations mentionnées aux points 1° et 3° de l’article 1er</t>
-[...16 lines deleted...]
-  <si>
     <t>Publication en application de l'article 16 de l'arrêté tarifaire du 9 mai 2017 fixant les conditions d'achat et du complément de rémunération pour l'électricité produite par les installations utilisant à titre principal du biogaz produit par méthanisation de matières résultant du traitement des eaux usées urbaines ou industrielles</t>
   </si>
   <si>
-    <t>Révision trimestrielle des tarifs issus des arrêtés tarifaires : 
-- du 13 décembre 2016 fixant les conditions d'achat pour l'électricité produite par les installations utilisant le biogaz produit par méthanisation de déchets non dangereux et de matière végétale brute implantées sur le territoire métropolitain continental d'une puissance installée strictement inférieure à 500 kW (" BG 16 ")
+    <t>BGI19</t>
+  </si>
+  <si>
+    <t>Arrêté tarifaire du 3 septembre 2019</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Révision trimestrielle des tarifs issus des arrêtés tarifaires : 
+- du 13 décembre 2016 fixant les conditions d'achat pour l'électricité produite par les installations utilisant le biogaz produit par méthanisation de déchets non dangereux et de matière végétale brute implantées sur le territoire métropolitain continental d'une puissance installée strictement inférieure à 500 kW (" BG 16 ") </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Franklin Gothic Book"/>
+        <family val="2"/>
+      </rPr>
+      <t>- abrogé, arrêt de la publication</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Franklin Gothic Book"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
 - du 9 mai 2017 fixant les conditions d'achat et du complément de rémunération pour l'électricité produite par les installations utilisant à titre principal du biogaz produit par méthanisation de matières résultant du traitement des eaux usées urbaines ou industrielles (" BGS 17 ")
 - du 3 septembre 2019 fixant les conditions d’achat et du complément de rémunération pour l’électricité produite par les installations utilisant à titre principal du biogaz issu d’installations de stockage de déchets non dangereux ("BGI 19")</t>
-  </si>
-[...7 lines deleted...]
-    <t>Le présent fichier a été mis à jour en octobre 2025. Prochaine mise à jour en janvier 2026.</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Franklin Gothic Book"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> - abrogé, arrêt de la publication</t>
+    </r>
+  </si>
+  <si>
+    <t>Le présent fichier a été mis à jour en janvier 2026. Prochaine mise à jour en avril 2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
-  <fonts count="24" x14ac:knownFonts="1">
+  <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Franklin Gothic Book"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Franklin Gothic Book"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Franklin Gothic Book"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Franklin Gothic Book"/>
       <family val="2"/>
     </font>
@@ -296,58 +306,53 @@
       <sz val="12"/>
       <name val="Franklin Gothic Book"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Franklin Gothic Book"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="8"/>
       <name val="Franklin Gothic Book"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Franklin Gothic Book"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="8"/>
-[...6 lines deleted...]
-      <color theme="1"/>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFC00000"/>
       <name val="Franklin Gothic Book"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDDDDDD"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC0C0C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -558,193 +563,178 @@
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="17">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="19" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="52">
+  <cellXfs count="47">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="3" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1"/>
-    <xf numFmtId="0" fontId="23" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="9" fontId="15" fillId="4" borderId="14" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="20" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="164" fontId="15" fillId="0" borderId="14" xfId="12" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="164" fontId="15" fillId="4" borderId="14" xfId="9" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="15" fillId="4" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="16" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="14" fontId="20" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="20" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="2" fontId="15" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="2" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="22" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="17">
     <cellStyle name="Lien hypertexte" xfId="4" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 2 2" xfId="10" xr:uid="{E34C4BAE-6BAF-4E3D-9BA4-9795BEED014F}"/>
     <cellStyle name="Normal 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 3 2" xfId="11" xr:uid="{A16D7792-1272-480E-9278-0C833A01653E}"/>
     <cellStyle name="Normal 4" xfId="7" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 4 2" xfId="13" xr:uid="{73BAAB4F-FCAA-4F6A-A7BE-F19E7A8C3393}"/>
     <cellStyle name="Normal 5" xfId="15" xr:uid="{0E6446B0-052E-4DD7-B9CE-7CAFE7B94A07}"/>
     <cellStyle name="Pourcentage" xfId="9" builtinId="5"/>
     <cellStyle name="Pourcentage 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Pourcentage 2 2" xfId="12" xr:uid="{5FB56393-4F96-43A3-B9BD-35B1CB9C0867}"/>
     <cellStyle name="Pourcentage 3" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Pourcentage 3 2" xfId="14" xr:uid="{CE3A1CD8-2D34-4FF6-B2BF-8F6FD11C5425}"/>
     <cellStyle name="Pourcentage 4" xfId="16" xr:uid="{54667756-55E5-406E-9788-1E6D742895B8}"/>
     <cellStyle name="Titre 1" xfId="1" builtinId="16"/>
     <cellStyle name="Titre 2" xfId="2" builtinId="17"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="1" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Invisible" pivot="0" table="0" count="0" xr9:uid="{71631715-C02A-4002-B099-80ADDD3D9B7C}"/>
@@ -1111,252 +1101,252 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:opendata@cre.fr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Feuil1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B5:I32"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+    <sheetView showGridLines="0" topLeftCell="A12" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="B27" sqref="B27:E28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.54296875" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="2" width="11.54296875" style="1"/>
     <col min="3" max="3" width="3.6328125" style="1" customWidth="1"/>
     <col min="4" max="4" width="11.54296875" style="1"/>
     <col min="5" max="5" width="24.90625" style="1" customWidth="1"/>
     <col min="6" max="11" width="11.54296875" style="1"/>
     <col min="12" max="12" width="0" style="1" hidden="1" customWidth="1"/>
     <col min="13" max="16384" width="11.54296875" style="1"/>
   </cols>
   <sheetData>
     <row r="5" spans="2:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="C5" s="25" t="s">
+      <c r="C5" s="23" t="s">
         <v>11</v>
       </c>
-      <c r="D5" s="25"/>
-[...3 lines deleted...]
-      <c r="H5" s="25"/>
+      <c r="D5" s="23"/>
+      <c r="E5" s="23"/>
+      <c r="F5" s="23"/>
+      <c r="G5" s="23"/>
+      <c r="H5" s="23"/>
     </row>
     <row r="6" spans="2:8" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="C6" s="26"/>
-[...4 lines deleted...]
-      <c r="H6" s="26"/>
+      <c r="C6" s="24"/>
+      <c r="D6" s="24"/>
+      <c r="E6" s="24"/>
+      <c r="F6" s="24"/>
+      <c r="G6" s="24"/>
+      <c r="H6" s="24"/>
     </row>
     <row r="7" spans="2:8" ht="14.4" thickTop="1" x14ac:dyDescent="0.3"/>
     <row r="10" spans="2:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B10" s="28" t="s">
+      <c r="B10" s="26" t="s">
         <v>0</v>
       </c>
-      <c r="C10" s="28"/>
-[...1 lines deleted...]
-      <c r="E10" s="28"/>
+      <c r="C10" s="26"/>
+      <c r="D10" s="26"/>
+      <c r="E10" s="26"/>
     </row>
     <row r="11" spans="2:8" ht="15" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B11" s="28"/>
-[...2 lines deleted...]
-      <c r="E11" s="28"/>
+      <c r="B11" s="26"/>
+      <c r="C11" s="26"/>
+      <c r="D11" s="26"/>
+      <c r="E11" s="26"/>
     </row>
     <row r="12" spans="2:8" ht="14.4" thickTop="1" x14ac:dyDescent="0.3"/>
     <row r="13" spans="2:8" ht="156" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B13" s="29" t="s">
-[...7 lines deleted...]
-      <c r="H13" s="29"/>
+      <c r="B13" s="27" t="s">
+        <v>26</v>
+      </c>
+      <c r="C13" s="27"/>
+      <c r="D13" s="27"/>
+      <c r="E13" s="27"/>
+      <c r="F13" s="27"/>
+      <c r="G13" s="27"/>
+      <c r="H13" s="27"/>
     </row>
     <row r="14" spans="2:8" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B14" s="21" t="s">
+      <c r="B14" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="C14" s="21"/>
-[...1 lines deleted...]
-      <c r="E14" s="21"/>
+      <c r="C14" s="19"/>
+      <c r="D14" s="19"/>
+      <c r="E14" s="19"/>
     </row>
     <row r="15" spans="2:8" ht="15" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B15" s="21"/>
-[...2 lines deleted...]
-      <c r="E15" s="21"/>
+      <c r="B15" s="19"/>
+      <c r="C15" s="19"/>
+      <c r="D15" s="19"/>
+      <c r="E15" s="19"/>
     </row>
     <row r="16" spans="2:8" ht="14.4" thickTop="1" x14ac:dyDescent="0.3">
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
     </row>
     <row r="17" spans="2:9" ht="15" x14ac:dyDescent="0.35">
       <c r="B17" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="5"/>
-      <c r="D17" s="27" t="s">
+      <c r="D17" s="25" t="s">
         <v>15</v>
       </c>
-      <c r="E17" s="27"/>
+      <c r="E17" s="25"/>
     </row>
     <row r="18" spans="2:9" ht="15" x14ac:dyDescent="0.35">
       <c r="B18" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5"/>
       <c r="D18" s="5" t="s">
         <v>5</v>
       </c>
       <c r="E18" s="5"/>
     </row>
     <row r="19" spans="2:9" ht="15" x14ac:dyDescent="0.35">
       <c r="B19" s="4" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="C19" s="5"/>
       <c r="D19" s="5" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E19" s="5"/>
     </row>
     <row r="20" spans="2:9" ht="15" x14ac:dyDescent="0.35">
       <c r="B20" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C20" s="5"/>
-      <c r="D20" s="27" t="s">
+      <c r="D20" s="25" t="s">
         <v>16</v>
       </c>
-      <c r="E20" s="27"/>
+      <c r="E20" s="25"/>
     </row>
     <row r="21" spans="2:9" ht="15" x14ac:dyDescent="0.35">
       <c r="B21" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C21" s="5"/>
-      <c r="D21" s="27" t="s">
+      <c r="D21" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="E21" s="27"/>
+      <c r="E21" s="25"/>
     </row>
     <row r="22" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
     </row>
     <row r="23" spans="2:9" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B23" s="21" t="s">
+      <c r="B23" s="19" t="s">
         <v>2</v>
       </c>
-      <c r="C23" s="21"/>
-[...1 lines deleted...]
-      <c r="E23" s="21"/>
+      <c r="C23" s="19"/>
+      <c r="D23" s="19"/>
+      <c r="E23" s="19"/>
     </row>
     <row r="24" spans="2:9" ht="15" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B24" s="21"/>
-[...2 lines deleted...]
-      <c r="E24" s="21"/>
+      <c r="B24" s="19"/>
+      <c r="C24" s="19"/>
+      <c r="D24" s="19"/>
+      <c r="E24" s="19"/>
     </row>
     <row r="25" spans="2:9" ht="14.4" thickTop="1" x14ac:dyDescent="0.3"/>
     <row r="26" spans="2:9" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B26" s="22" t="s">
-[...7 lines deleted...]
-      <c r="H26" s="22"/>
+      <c r="B26" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="C26" s="20"/>
+      <c r="D26" s="20"/>
+      <c r="E26" s="20"/>
+      <c r="F26" s="20"/>
+      <c r="G26" s="20"/>
+      <c r="H26" s="20"/>
       <c r="I26" s="3"/>
     </row>
     <row r="27" spans="2:9" ht="14.4" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B27" s="21" t="s">
+      <c r="B27" s="19" t="s">
         <v>3</v>
       </c>
-      <c r="C27" s="21"/>
-[...1 lines deleted...]
-      <c r="E27" s="21"/>
+      <c r="C27" s="19"/>
+      <c r="D27" s="19"/>
+      <c r="E27" s="19"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
       <c r="H27" s="2"/>
       <c r="I27" s="2"/>
     </row>
     <row r="28" spans="2:9" ht="15" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B28" s="21"/>
-[...2 lines deleted...]
-      <c r="E28" s="21"/>
+      <c r="B28" s="19"/>
+      <c r="C28" s="19"/>
+      <c r="D28" s="19"/>
+      <c r="E28" s="19"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
       <c r="H28" s="2"/>
       <c r="I28" s="2"/>
     </row>
     <row r="29" spans="2:9" ht="14.4" thickTop="1" x14ac:dyDescent="0.3">
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
       <c r="I29" s="2"/>
     </row>
     <row r="30" spans="2:9" ht="15" x14ac:dyDescent="0.3">
-      <c r="B30" s="23" t="s">
+      <c r="B30" s="21" t="s">
         <v>4</v>
       </c>
-      <c r="C30" s="24"/>
-[...1 lines deleted...]
-      <c r="E30" s="24"/>
+      <c r="C30" s="22"/>
+      <c r="D30" s="22"/>
+      <c r="E30" s="22"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
       <c r="I30" s="2"/>
     </row>
     <row r="31" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="2"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
       <c r="I31" s="2"/>
     </row>
     <row r="32" spans="2:9" x14ac:dyDescent="0.3">
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
       <c r="H32" s="2"/>
       <c r="I32" s="2"/>
     </row>
@@ -1366,2624 +1356,971 @@
     <mergeCell ref="B26:H26"/>
     <mergeCell ref="B27:E28"/>
     <mergeCell ref="B30:E30"/>
     <mergeCell ref="C5:H6"/>
     <mergeCell ref="D21:E21"/>
     <mergeCell ref="B10:E11"/>
     <mergeCell ref="B13:H13"/>
     <mergeCell ref="B14:E15"/>
     <mergeCell ref="D17:E17"/>
     <mergeCell ref="D20:E20"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B30" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="72" orientation="portrait" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4CA42530-4F7A-403A-9A2B-DC571F22468B}">
   <sheetPr codeName="Feuil2">
     <tabColor theme="1"/>
   </sheetPr>
-  <dimension ref="B2:AQ33"/>
+  <dimension ref="B1:AQ12"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="AA1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="AI27" sqref="AI27"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="L26" sqref="L26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.54296875" defaultRowHeight="15" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="2.90625" style="14" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="45" max="16384" width="11.54296875" style="14"/>
+    <col min="1" max="1" width="2.90625" style="12" customWidth="1"/>
+    <col min="2" max="2" width="11.1796875" style="12" customWidth="1"/>
+    <col min="3" max="4" width="17.36328125" style="12" customWidth="1"/>
+    <col min="5" max="42" width="7.81640625" style="12" customWidth="1"/>
+    <col min="43" max="43" width="5.453125" style="12" customWidth="1"/>
+    <col min="44" max="44" width="2.08984375" style="12" customWidth="1"/>
+    <col min="45" max="16384" width="11.54296875" style="12"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:43" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
-[...43 lines deleted...]
-      <c r="AQ2" s="32"/>
+    <row r="1" spans="2:43" ht="15.6" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="2" spans="2:43" ht="36" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B2" s="31" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" s="31"/>
+      <c r="D2" s="31"/>
+      <c r="E2" s="31"/>
+      <c r="F2" s="31"/>
+      <c r="G2" s="31"/>
+      <c r="H2" s="31"/>
+      <c r="I2" s="31"/>
+      <c r="J2" s="31"/>
+      <c r="K2" s="31"/>
+      <c r="L2" s="31"/>
+      <c r="M2" s="31"/>
+      <c r="N2" s="31"/>
+      <c r="O2" s="31"/>
+      <c r="P2" s="31"/>
+      <c r="Q2" s="31"/>
+      <c r="R2" s="31"/>
+      <c r="S2" s="31"/>
+      <c r="T2" s="31"/>
+      <c r="U2" s="31"/>
+      <c r="V2" s="31"/>
+      <c r="W2" s="31"/>
+      <c r="X2" s="31"/>
+      <c r="Y2" s="31"/>
+      <c r="Z2" s="31"/>
+      <c r="AA2" s="31"/>
+      <c r="AB2" s="31"/>
+      <c r="AC2" s="31"/>
+      <c r="AD2" s="31"/>
+      <c r="AE2" s="31"/>
+      <c r="AF2" s="31"/>
+      <c r="AG2" s="31"/>
+      <c r="AH2" s="31"/>
+      <c r="AI2" s="31"/>
+      <c r="AJ2" s="31"/>
+      <c r="AK2" s="31"/>
+      <c r="AL2" s="31"/>
+      <c r="AM2" s="31"/>
+      <c r="AN2" s="31"/>
+      <c r="AO2" s="31"/>
+      <c r="AP2" s="31"/>
+      <c r="AQ2" s="31"/>
     </row>
     <row r="4" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="E4" s="33" t="s">
+      <c r="E4" s="32" t="s">
         <v>8</v>
       </c>
-      <c r="F4" s="34"/>
-[...36 lines deleted...]
-      <c r="AQ4" s="35"/>
+      <c r="F4" s="33"/>
+      <c r="G4" s="33"/>
+      <c r="H4" s="33"/>
+      <c r="I4" s="33"/>
+      <c r="J4" s="33"/>
+      <c r="K4" s="33"/>
+      <c r="L4" s="33"/>
+      <c r="M4" s="33"/>
+      <c r="N4" s="33"/>
+      <c r="O4" s="33"/>
+      <c r="P4" s="33"/>
+      <c r="Q4" s="33"/>
+      <c r="R4" s="33"/>
+      <c r="S4" s="33"/>
+      <c r="T4" s="33"/>
+      <c r="U4" s="33"/>
+      <c r="V4" s="33"/>
+      <c r="W4" s="33"/>
+      <c r="X4" s="33"/>
+      <c r="Y4" s="33"/>
+      <c r="Z4" s="33"/>
+      <c r="AA4" s="33"/>
+      <c r="AB4" s="33"/>
+      <c r="AC4" s="33"/>
+      <c r="AD4" s="33"/>
+      <c r="AE4" s="33"/>
+      <c r="AF4" s="33"/>
+      <c r="AG4" s="33"/>
+      <c r="AH4" s="33"/>
+      <c r="AI4" s="33"/>
+      <c r="AJ4" s="33"/>
+      <c r="AK4" s="33"/>
+      <c r="AL4" s="33"/>
+      <c r="AM4" s="33"/>
+      <c r="AN4" s="33"/>
+      <c r="AO4" s="33"/>
+      <c r="AP4" s="33"/>
+      <c r="AQ4" s="34"/>
     </row>
     <row r="5" spans="2:43" x14ac:dyDescent="0.35">
-      <c r="B5" s="11"/>
-      <c r="C5" s="30" t="s">
+      <c r="B5" s="10"/>
+      <c r="C5" s="35" t="s">
         <v>6</v>
       </c>
-      <c r="D5" s="31"/>
-[...9 lines deleted...]
-      <c r="H5" s="8">
+      <c r="D5" s="36"/>
+      <c r="E5" s="7">
+        <v>42866</v>
+      </c>
+      <c r="F5" s="7">
         <v>42917</v>
       </c>
-      <c r="I5" s="8">
+      <c r="G5" s="7">
         <v>43009</v>
       </c>
-      <c r="J5" s="8">
+      <c r="H5" s="7">
         <v>43101</v>
       </c>
-      <c r="K5" s="8">
+      <c r="I5" s="7">
         <v>43191</v>
       </c>
-      <c r="L5" s="8">
+      <c r="J5" s="7">
         <v>43282</v>
       </c>
-      <c r="M5" s="8">
+      <c r="K5" s="7">
         <v>43374</v>
       </c>
-      <c r="N5" s="8">
+      <c r="L5" s="7">
         <v>43466</v>
       </c>
-      <c r="O5" s="8">
+      <c r="M5" s="7">
         <v>43556</v>
       </c>
-      <c r="P5" s="8">
+      <c r="N5" s="7">
         <v>43647</v>
       </c>
-      <c r="Q5" s="8">
+      <c r="O5" s="7">
         <v>43739</v>
       </c>
-      <c r="R5" s="8">
+      <c r="P5" s="7">
         <v>43831</v>
       </c>
-      <c r="S5" s="18">
+      <c r="Q5" s="7">
         <v>43922</v>
       </c>
-      <c r="T5" s="18">
+      <c r="R5" s="7">
         <v>44013</v>
       </c>
-      <c r="U5" s="18">
+      <c r="S5" s="16">
         <v>44105</v>
       </c>
-      <c r="V5" s="18">
+      <c r="T5" s="16">
         <v>44197</v>
       </c>
-      <c r="W5" s="18">
+      <c r="U5" s="16">
         <v>44287</v>
       </c>
-      <c r="X5" s="18">
+      <c r="V5" s="16">
         <v>44378</v>
       </c>
-      <c r="Y5" s="18">
+      <c r="W5" s="16">
         <v>44470</v>
       </c>
-      <c r="Z5" s="18">
+      <c r="X5" s="16">
         <v>44562</v>
       </c>
-      <c r="AA5" s="18">
+      <c r="Y5" s="16">
         <v>44652</v>
       </c>
-      <c r="AB5" s="18">
+      <c r="Z5" s="16">
         <v>44743</v>
       </c>
-      <c r="AC5" s="18">
+      <c r="AA5" s="16">
         <v>44835</v>
       </c>
-      <c r="AD5" s="18">
+      <c r="AB5" s="16">
         <v>44927</v>
       </c>
-      <c r="AE5" s="18">
+      <c r="AC5" s="16">
         <v>45017</v>
       </c>
-      <c r="AF5" s="18">
+      <c r="AD5" s="16">
         <v>45108</v>
       </c>
-      <c r="AG5" s="18">
+      <c r="AE5" s="16">
         <v>45200</v>
       </c>
-      <c r="AH5" s="18">
+      <c r="AF5" s="16">
         <v>45292</v>
       </c>
-      <c r="AI5" s="18">
+      <c r="AG5" s="16">
         <v>45383</v>
       </c>
-      <c r="AJ5" s="18">
+      <c r="AH5" s="16">
         <v>45474</v>
       </c>
-      <c r="AK5" s="18">
+      <c r="AI5" s="16">
         <v>45566</v>
       </c>
-      <c r="AL5" s="18">
+      <c r="AJ5" s="16">
         <v>45658</v>
       </c>
-      <c r="AM5" s="18">
+      <c r="AK5" s="16">
         <v>45748</v>
       </c>
-      <c r="AN5" s="18">
+      <c r="AL5" s="16">
         <v>45839</v>
       </c>
-      <c r="AO5" s="18">
+      <c r="AM5" s="16">
         <v>45931</v>
       </c>
-      <c r="AP5" s="18">
+      <c r="AN5" s="16">
         <v>46023</v>
       </c>
-      <c r="AQ5" s="9"/>
+      <c r="AO5" s="16"/>
+      <c r="AP5" s="16"/>
+      <c r="AQ5" s="8"/>
     </row>
     <row r="6" spans="2:43" x14ac:dyDescent="0.35">
-      <c r="B6" s="12"/>
-      <c r="C6" s="36" t="s">
+      <c r="B6" s="11"/>
+      <c r="C6" s="37" t="s">
         <v>7</v>
       </c>
-      <c r="D6" s="37"/>
-[...6 lines deleted...]
-      <c r="G6" s="19">
+      <c r="D6" s="38"/>
+      <c r="E6" s="17">
         <v>42916</v>
       </c>
-      <c r="H6" s="19">
+      <c r="F6" s="17">
         <v>43008</v>
       </c>
-      <c r="I6" s="19">
+      <c r="G6" s="17">
         <v>43100</v>
       </c>
-      <c r="J6" s="19">
+      <c r="H6" s="17">
         <v>43190</v>
       </c>
-      <c r="K6" s="19">
+      <c r="I6" s="17">
         <v>43281</v>
       </c>
-      <c r="L6" s="19">
+      <c r="J6" s="17">
         <v>43373</v>
       </c>
-      <c r="M6" s="19">
+      <c r="K6" s="17">
         <v>43465</v>
       </c>
-      <c r="N6" s="19">
+      <c r="L6" s="17">
         <v>43555</v>
       </c>
-      <c r="O6" s="19">
+      <c r="M6" s="17">
         <v>43646</v>
       </c>
-      <c r="P6" s="19">
+      <c r="N6" s="17">
         <v>43738</v>
       </c>
-      <c r="Q6" s="19">
+      <c r="O6" s="17">
         <v>43830</v>
       </c>
-      <c r="R6" s="19">
+      <c r="P6" s="17">
         <v>43921</v>
       </c>
-      <c r="S6" s="19">
+      <c r="Q6" s="17">
         <v>44012</v>
       </c>
-      <c r="T6" s="19">
+      <c r="R6" s="17">
         <v>44104</v>
       </c>
-      <c r="U6" s="19">
+      <c r="S6" s="17">
         <v>44196</v>
       </c>
-      <c r="V6" s="19">
+      <c r="T6" s="17">
         <v>44286</v>
       </c>
-      <c r="W6" s="19">
+      <c r="U6" s="17">
         <v>44377</v>
       </c>
-      <c r="X6" s="19">
+      <c r="V6" s="17">
         <v>44469</v>
       </c>
-      <c r="Y6" s="19">
+      <c r="W6" s="17">
         <v>44561</v>
       </c>
-      <c r="Z6" s="19">
+      <c r="X6" s="17">
         <v>44651</v>
       </c>
-      <c r="AA6" s="19">
+      <c r="Y6" s="17">
         <v>44742</v>
       </c>
-      <c r="AB6" s="19">
+      <c r="Z6" s="17">
         <v>44834</v>
       </c>
-      <c r="AC6" s="19">
+      <c r="AA6" s="17">
         <v>44926</v>
       </c>
-      <c r="AD6" s="19">
+      <c r="AB6" s="17">
         <v>45016</v>
       </c>
-      <c r="AE6" s="19">
+      <c r="AC6" s="17">
         <v>45107</v>
       </c>
-      <c r="AF6" s="19">
+      <c r="AD6" s="17">
         <v>45199</v>
       </c>
-      <c r="AG6" s="19">
+      <c r="AE6" s="17">
         <v>45291</v>
       </c>
-      <c r="AH6" s="19">
+      <c r="AF6" s="17">
         <v>45382</v>
       </c>
-      <c r="AI6" s="19">
+      <c r="AG6" s="17">
         <v>45473</v>
       </c>
-      <c r="AJ6" s="19">
+      <c r="AH6" s="17">
         <v>45565</v>
       </c>
-      <c r="AK6" s="19">
+      <c r="AI6" s="17">
         <v>45657</v>
       </c>
-      <c r="AL6" s="19">
+      <c r="AJ6" s="17">
         <v>45747</v>
       </c>
-      <c r="AM6" s="19">
+      <c r="AK6" s="17">
         <v>45838</v>
       </c>
-      <c r="AN6" s="19">
+      <c r="AL6" s="17">
         <v>45930</v>
       </c>
-      <c r="AO6" s="19">
+      <c r="AM6" s="17">
         <v>46022</v>
       </c>
-      <c r="AP6" s="19">
+      <c r="AN6" s="17">
         <v>46112</v>
       </c>
-      <c r="AQ6" s="10" t="s">
-        <v>23</v>
+      <c r="AO6" s="17"/>
+      <c r="AP6" s="17"/>
+      <c r="AQ6" s="9" t="s">
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B7" s="38" t="s">
+      <c r="B7" s="39" t="s">
         <v>9</v>
       </c>
-      <c r="C7" s="39"/>
-[...1 lines deleted...]
-      <c r="E7" s="7">
+      <c r="C7" s="40"/>
+      <c r="D7" s="41"/>
+      <c r="E7" s="6">
         <v>0</v>
       </c>
-      <c r="F7" s="7">
+      <c r="F7" s="6">
         <v>0</v>
       </c>
-      <c r="G7" s="7">
-[...44 lines deleted...]
-      <c r="V7" s="15">
+      <c r="G7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="H7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="I7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="J7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="K7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="L7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="M7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="N7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="O7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="P7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="Q7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="R7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="S7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="T7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="U7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="V7" s="13">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="W7" s="13">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="X7" s="13">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="Y7" s="13">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="Z7" s="13">
         <v>5.0000000000000001E-3</v>
       </c>
       <c r="AA7" s="13">
         <v>5.0000000000000001E-3</v>
       </c>
-      <c r="AB7" s="15">
-[...44 lines deleted...]
-      <c r="AQ7" s="15"/>
+      <c r="AB7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AC7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AD7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AE7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AF7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AG7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AH7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AI7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AJ7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AK7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AL7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AM7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AN7" s="13">
+        <v>5.0000000000000001E-3</v>
+      </c>
+      <c r="AO7" s="13"/>
+      <c r="AP7" s="13"/>
+      <c r="AQ7" s="13"/>
     </row>
     <row r="8" spans="2:43" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B8" s="41" t="s">
+      <c r="B8" s="42" t="s">
         <v>10</v>
       </c>
-      <c r="C8" s="42"/>
-[...39 lines deleted...]
-      <c r="AQ8" s="43"/>
+      <c r="C8" s="43"/>
+      <c r="D8" s="43"/>
+      <c r="E8" s="43"/>
+      <c r="F8" s="43"/>
+      <c r="G8" s="43"/>
+      <c r="H8" s="43"/>
+      <c r="I8" s="43"/>
+      <c r="J8" s="43"/>
+      <c r="K8" s="43"/>
+      <c r="L8" s="43"/>
+      <c r="M8" s="43"/>
+      <c r="N8" s="43"/>
+      <c r="O8" s="43"/>
+      <c r="P8" s="43"/>
+      <c r="Q8" s="43"/>
+      <c r="R8" s="43"/>
+      <c r="S8" s="43"/>
+      <c r="T8" s="43"/>
+      <c r="U8" s="43"/>
+      <c r="V8" s="43"/>
+      <c r="W8" s="43"/>
+      <c r="X8" s="43"/>
+      <c r="Y8" s="43"/>
+      <c r="Z8" s="43"/>
+      <c r="AA8" s="43"/>
+      <c r="AB8" s="43"/>
+      <c r="AC8" s="43"/>
+      <c r="AD8" s="43"/>
+      <c r="AE8" s="43"/>
+      <c r="AF8" s="43"/>
+      <c r="AG8" s="43"/>
+      <c r="AH8" s="43"/>
+      <c r="AI8" s="43"/>
+      <c r="AJ8" s="43"/>
+      <c r="AK8" s="43"/>
+      <c r="AL8" s="43"/>
+      <c r="AM8" s="43"/>
+      <c r="AN8" s="43"/>
+      <c r="AO8" s="43"/>
+      <c r="AP8" s="43"/>
+      <c r="AQ8" s="44"/>
     </row>
     <row r="9" spans="2:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B9" s="44" t="s">
+      <c r="B9" s="28" t="s">
         <v>18</v>
       </c>
-      <c r="C9" s="46" t="s">
+      <c r="C9" s="45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" s="46"/>
+      <c r="E9" s="14">
+        <v>175.4</v>
+      </c>
+      <c r="F9" s="14">
+        <v>175.4</v>
+      </c>
+      <c r="G9" s="14">
+        <v>174.52</v>
+      </c>
+      <c r="H9" s="14">
+        <v>173.65</v>
+      </c>
+      <c r="I9" s="14">
+        <v>172.78</v>
+      </c>
+      <c r="J9" s="14">
+        <v>171.92</v>
+      </c>
+      <c r="K9" s="14">
+        <v>171.06</v>
+      </c>
+      <c r="L9" s="14">
+        <v>170.2</v>
+      </c>
+      <c r="M9" s="14">
+        <v>169.35</v>
+      </c>
+      <c r="N9" s="14">
+        <v>168.51</v>
+      </c>
+      <c r="O9" s="14">
+        <v>167.66</v>
+      </c>
+      <c r="P9" s="14">
+        <v>166.82</v>
+      </c>
+      <c r="Q9" s="14">
+        <v>165.99</v>
+      </c>
+      <c r="R9" s="14">
+        <v>165.16</v>
+      </c>
+      <c r="S9" s="14">
+        <v>164.33</v>
+      </c>
+      <c r="T9" s="14">
+        <v>163.51</v>
+      </c>
+      <c r="U9" s="14">
+        <v>162.69999999999999</v>
+      </c>
+      <c r="V9" s="14">
+        <v>161.88</v>
+      </c>
+      <c r="W9" s="14">
+        <v>161.07</v>
+      </c>
+      <c r="X9" s="14">
+        <v>160.27000000000001</v>
+      </c>
+      <c r="Y9" s="18">
+        <v>159.47</v>
+      </c>
+      <c r="Z9" s="18">
+        <v>158.66999999999999</v>
+      </c>
+      <c r="AA9" s="14">
+        <v>157.88</v>
+      </c>
+      <c r="AB9" s="14">
+        <v>157.09</v>
+      </c>
+      <c r="AC9" s="14">
+        <v>156.30000000000001</v>
+      </c>
+      <c r="AD9" s="14">
+        <v>155.52000000000001</v>
+      </c>
+      <c r="AE9" s="14">
+        <v>154.74</v>
+      </c>
+      <c r="AF9" s="14">
+        <v>153.97</v>
+      </c>
+      <c r="AG9" s="14">
+        <v>153.19999999999999</v>
+      </c>
+      <c r="AH9" s="14">
+        <v>152.434</v>
+      </c>
+      <c r="AI9" s="14">
+        <v>151.66999999999999</v>
+      </c>
+      <c r="AJ9" s="14">
+        <v>150.91</v>
+      </c>
+      <c r="AK9" s="14">
+        <v>150.16</v>
+      </c>
+      <c r="AL9" s="14">
+        <v>149.41</v>
+      </c>
+      <c r="AM9" s="14">
+        <v>148.66</v>
+      </c>
+      <c r="AN9" s="14">
+        <v>147.91999999999999</v>
+      </c>
+      <c r="AO9" s="14"/>
+      <c r="AP9" s="14"/>
+      <c r="AQ9" s="14"/>
+    </row>
+    <row r="10" spans="2:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B10" s="29"/>
+      <c r="C10" s="45" t="s">
         <v>19</v>
       </c>
-      <c r="D9" s="47"/>
-[...777 lines deleted...]
-      <c r="C19" s="46" t="s">
+      <c r="D10" s="46"/>
+      <c r="E10" s="14">
+        <v>141.80000000000001</v>
+      </c>
+      <c r="F10" s="14">
+        <v>141.80000000000001</v>
+      </c>
+      <c r="G10" s="14">
+        <v>141.09</v>
+      </c>
+      <c r="H10" s="14">
+        <v>140.38999999999999</v>
+      </c>
+      <c r="I10" s="14">
+        <v>139.68</v>
+      </c>
+      <c r="J10" s="14">
+        <v>138.99</v>
+      </c>
+      <c r="K10" s="14">
+        <v>138.29</v>
+      </c>
+      <c r="L10" s="14">
+        <v>137.6</v>
+      </c>
+      <c r="M10" s="14">
+        <v>136.91</v>
+      </c>
+      <c r="N10" s="14">
+        <v>136.22999999999999</v>
+      </c>
+      <c r="O10" s="14">
+        <v>135.55000000000001</v>
+      </c>
+      <c r="P10" s="14">
+        <v>134.87</v>
+      </c>
+      <c r="Q10" s="14">
+        <v>134.19</v>
+      </c>
+      <c r="R10" s="14">
+        <v>133.52000000000001</v>
+      </c>
+      <c r="S10" s="14">
+        <v>132.85</v>
+      </c>
+      <c r="T10" s="14">
+        <v>132.19</v>
+      </c>
+      <c r="U10" s="14">
+        <v>131.53</v>
+      </c>
+      <c r="V10" s="14">
+        <v>130.87</v>
+      </c>
+      <c r="W10" s="14">
+        <v>130.22</v>
+      </c>
+      <c r="X10" s="14">
+        <v>129.57</v>
+      </c>
+      <c r="Y10" s="18">
+        <v>128.91999999999999</v>
+      </c>
+      <c r="Z10" s="18">
+        <v>128.27000000000001</v>
+      </c>
+      <c r="AA10" s="14">
+        <v>127.63</v>
+      </c>
+      <c r="AB10" s="14">
+        <v>126.99</v>
+      </c>
+      <c r="AC10" s="14">
+        <v>126.36</v>
+      </c>
+      <c r="AD10" s="14">
+        <v>125.73</v>
+      </c>
+      <c r="AE10" s="14">
+        <v>125.1</v>
+      </c>
+      <c r="AF10" s="14">
+        <v>124.47</v>
+      </c>
+      <c r="AG10" s="14">
+        <v>123.85</v>
+      </c>
+      <c r="AH10" s="14">
+        <v>123.23075</v>
+      </c>
+      <c r="AI10" s="14">
+        <v>122.62</v>
+      </c>
+      <c r="AJ10" s="14">
+        <v>122</v>
+      </c>
+      <c r="AK10" s="14">
+        <v>121.39</v>
+      </c>
+      <c r="AL10" s="14">
+        <v>120.79</v>
+      </c>
+      <c r="AM10" s="14">
+        <v>120.18</v>
+      </c>
+      <c r="AN10" s="14">
+        <v>119.58</v>
+      </c>
+      <c r="AO10" s="14"/>
+      <c r="AP10" s="14"/>
+      <c r="AQ10" s="14"/>
+    </row>
+    <row r="11" spans="2:43" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B11" s="30"/>
+      <c r="C11" s="45" t="s">
         <v>21</v>
       </c>
-      <c r="D19" s="47"/>
-[...236 lines deleted...]
-      <c r="E21" s="16">
+      <c r="D11" s="46"/>
+      <c r="E11" s="14">
         <v>70.900000000000006</v>
       </c>
-      <c r="F21" s="16">
+      <c r="F11" s="14">
         <v>70.900000000000006</v>
       </c>
-      <c r="G21" s="16">
+      <c r="G11" s="14">
         <v>70.55</v>
       </c>
-      <c r="H21" s="16">
+      <c r="H11" s="14">
         <v>70.19</v>
       </c>
-      <c r="I21" s="16">
+      <c r="I11" s="14">
         <v>69.84</v>
       </c>
-      <c r="J21" s="16">
+      <c r="J11" s="14">
         <v>69.489999999999995</v>
       </c>
-      <c r="K21" s="16">
+      <c r="K11" s="14">
         <v>69.150000000000006</v>
       </c>
-      <c r="L21" s="16">
+      <c r="L11" s="14">
         <v>68.8</v>
       </c>
-      <c r="M21" s="16">
+      <c r="M11" s="14">
         <v>68.459999999999994</v>
       </c>
-      <c r="N21" s="16">
+      <c r="N11" s="14">
         <v>68.11</v>
       </c>
-      <c r="O21" s="16">
+      <c r="O11" s="14">
         <v>67.77</v>
       </c>
-      <c r="P21" s="16">
+      <c r="P11" s="14">
         <v>67.430000000000007</v>
       </c>
-      <c r="Q21" s="16">
+      <c r="Q11" s="14">
         <v>67.099999999999994</v>
       </c>
-      <c r="R21" s="16">
+      <c r="R11" s="14">
         <v>66.760000000000005</v>
       </c>
-      <c r="S21" s="16">
+      <c r="S11" s="14">
         <v>66.430000000000007</v>
       </c>
-      <c r="T21" s="16">
+      <c r="T11" s="14">
         <v>66.099999999999994</v>
       </c>
-      <c r="U21" s="16">
+      <c r="U11" s="14">
         <v>65.760000000000005</v>
       </c>
-      <c r="V21" s="16">
+      <c r="V11" s="14">
         <v>65.44</v>
       </c>
-      <c r="W21" s="16">
+      <c r="W11" s="14">
         <v>65.11</v>
       </c>
-      <c r="X21" s="16">
+      <c r="X11" s="14">
         <v>64.78</v>
       </c>
-      <c r="Y21" s="20">
+      <c r="Y11" s="18">
         <v>64.459999999999994</v>
       </c>
-      <c r="Z21" s="20">
+      <c r="Z11" s="18">
         <v>64.14</v>
       </c>
-      <c r="AA21" s="16">
+      <c r="AA11" s="14">
         <v>63.82</v>
       </c>
-      <c r="AB21" s="16">
+      <c r="AB11" s="14">
         <v>63.5</v>
       </c>
-      <c r="AC21" s="16">
+      <c r="AC11" s="14">
         <v>63.18</v>
       </c>
-      <c r="AD21" s="16">
+      <c r="AD11" s="14">
         <v>62.86</v>
       </c>
-      <c r="AE21" s="16">
+      <c r="AE11" s="14">
         <v>62.55</v>
       </c>
-      <c r="AF21" s="16">
+      <c r="AF11" s="14">
         <v>62.24</v>
       </c>
-      <c r="AG21" s="16">
+      <c r="AG11" s="14">
         <v>61.93</v>
       </c>
-      <c r="AH21" s="16">
+      <c r="AH11" s="14">
         <v>61.620350000000002</v>
       </c>
-      <c r="AI21" s="16">
+      <c r="AI11" s="14">
         <v>61.31</v>
       </c>
-      <c r="AJ21" s="16">
+      <c r="AJ11" s="14">
         <v>61</v>
       </c>
-      <c r="AK21" s="16">
+      <c r="AK11" s="14">
         <v>60.7</v>
       </c>
-      <c r="AL21" s="16">
+      <c r="AL11" s="14">
         <v>60.39</v>
       </c>
-      <c r="AM21" s="16">
+      <c r="AM11" s="14">
         <v>60.09</v>
       </c>
-      <c r="AN21" s="16">
+      <c r="AN11" s="14">
         <v>59.79</v>
       </c>
-      <c r="AO21" s="16"/>
-[...888 lines deleted...]
-      <c r="AQ33" s="16"/>
+      <c r="AO11" s="14"/>
+      <c r="AP11" s="14"/>
+      <c r="AQ11" s="14"/>
+    </row>
+    <row r="12" spans="2:43" ht="15.6" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B12" s="15"/>
+      <c r="C12" s="15"/>
+      <c r="D12" s="15"/>
+      <c r="E12" s="15"/>
+      <c r="F12" s="15"/>
+      <c r="G12" s="15"/>
+      <c r="H12" s="15"/>
+      <c r="I12" s="15"/>
+      <c r="J12" s="15"/>
+      <c r="K12" s="15"/>
+      <c r="L12" s="15"/>
+      <c r="M12" s="15"/>
+      <c r="N12" s="15"/>
+      <c r="O12" s="15"/>
+      <c r="P12" s="15"/>
+      <c r="Q12" s="15"/>
+      <c r="R12" s="15"/>
+      <c r="S12" s="15"/>
+      <c r="T12" s="15"/>
+      <c r="U12" s="15"/>
+      <c r="V12" s="15"/>
+      <c r="W12" s="15"/>
+      <c r="X12" s="15"/>
+      <c r="Y12" s="15"/>
+      <c r="Z12" s="15"/>
+      <c r="AA12" s="15"/>
+      <c r="AB12" s="15"/>
+      <c r="AC12" s="15"/>
+      <c r="AD12" s="15"/>
+      <c r="AE12" s="15"/>
+      <c r="AF12" s="15"/>
+      <c r="AG12" s="15"/>
+      <c r="AH12" s="15"/>
+      <c r="AI12" s="15"/>
+      <c r="AJ12" s="15"/>
+      <c r="AK12" s="15"/>
+      <c r="AL12" s="15"/>
+      <c r="AM12" s="15"/>
+      <c r="AN12" s="15"/>
+      <c r="AO12" s="15"/>
+      <c r="AP12" s="15"/>
+      <c r="AQ12" s="15"/>
     </row>
   </sheetData>
-  <mergeCells count="28">
-[...16 lines deleted...]
-    <mergeCell ref="C15:D15"/>
+  <mergeCells count="10">
+    <mergeCell ref="C5:D5"/>
     <mergeCell ref="B2:AQ2"/>
     <mergeCell ref="E4:AQ4"/>
-    <mergeCell ref="C5:D5"/>
     <mergeCell ref="C6:D6"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="B8:AQ8"/>
-    <mergeCell ref="B9:B10"/>
+    <mergeCell ref="B9:B11"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="C10:D10"/>
-    <mergeCell ref="B12:AQ12"/>
-    <mergeCell ref="E14:AQ14"/>
+    <mergeCell ref="C11:D11"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>